--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -14,77 +14,74 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
     <sheet name="data" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
   <si>
     <t>邮箱地址</t>
   </si>
   <si>
     <t>手机号码</t>
   </si>
   <si>
     <t>姓名</t>
   </si>
   <si>
     <t>性别</t>
   </si>
   <si>
     <t>所在地区</t>
   </si>
   <si>
     <t>工作单位</t>
   </si>
   <si>
     <t>职务</t>
   </si>
   <si>
     <t>职称</t>
-  </si>
-[...1 lines deleted...]
-    <t>首选分会场</t>
   </si>
   <si>
     <t>是否参加主会场</t>
   </si>
   <si>
     <t>男</t>
   </si>
   <si>
     <t>北京</t>
   </si>
   <si>
     <t>研究员</t>
   </si>
   <si>
     <t>是</t>
   </si>
   <si>
     <t>女</t>
   </si>
   <si>
     <t>天津</t>
   </si>
   <si>
     <t>副研究员</t>
   </si>
@@ -748,3077 +745,3074 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J499"/>
+  <dimension ref="A1:I499"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
-    <row r="1" spans="1:10">
+    <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:10">
+    </row>
+    <row r="2" spans="1:9">
       <c r="D2"/>
       <c r="E2"/>
       <c r="H2"/>
-      <c r="J2"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:10">
+      <c r="I2"/>
+    </row>
+    <row r="3" spans="1:9">
       <c r="D3"/>
       <c r="E3"/>
       <c r="H3"/>
-      <c r="J3"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:10">
+      <c r="I3"/>
+    </row>
+    <row r="4" spans="1:9">
       <c r="D4"/>
       <c r="E4"/>
       <c r="H4"/>
-      <c r="J4"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:10">
+      <c r="I4"/>
+    </row>
+    <row r="5" spans="1:9">
       <c r="D5"/>
       <c r="E5"/>
       <c r="H5"/>
-      <c r="J5"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:10">
+      <c r="I5"/>
+    </row>
+    <row r="6" spans="1:9">
       <c r="D6"/>
       <c r="E6"/>
       <c r="H6"/>
-      <c r="J6"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:10">
+      <c r="I6"/>
+    </row>
+    <row r="7" spans="1:9">
       <c r="D7"/>
       <c r="E7"/>
       <c r="H7"/>
-      <c r="J7"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:10">
+      <c r="I7"/>
+    </row>
+    <row r="8" spans="1:9">
       <c r="D8"/>
       <c r="E8"/>
       <c r="H8"/>
-      <c r="J8"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:10">
+      <c r="I8"/>
+    </row>
+    <row r="9" spans="1:9">
       <c r="D9"/>
       <c r="E9"/>
       <c r="H9"/>
-      <c r="J9"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:10">
+      <c r="I9"/>
+    </row>
+    <row r="10" spans="1:9">
       <c r="D10"/>
       <c r="E10"/>
       <c r="H10"/>
-      <c r="J10"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:10">
+      <c r="I10"/>
+    </row>
+    <row r="11" spans="1:9">
       <c r="D11"/>
       <c r="E11"/>
       <c r="H11"/>
-      <c r="J11"/>
-[...1 lines deleted...]
-    <row r="12" spans="1:10">
+      <c r="I11"/>
+    </row>
+    <row r="12" spans="1:9">
       <c r="D12"/>
       <c r="E12"/>
       <c r="H12"/>
-      <c r="J12"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:10">
+      <c r="I12"/>
+    </row>
+    <row r="13" spans="1:9">
       <c r="D13"/>
       <c r="E13"/>
       <c r="H13"/>
-      <c r="J13"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:10">
+      <c r="I13"/>
+    </row>
+    <row r="14" spans="1:9">
       <c r="D14"/>
       <c r="E14"/>
       <c r="H14"/>
-      <c r="J14"/>
-[...1 lines deleted...]
-    <row r="15" spans="1:10">
+      <c r="I14"/>
+    </row>
+    <row r="15" spans="1:9">
       <c r="D15"/>
       <c r="E15"/>
       <c r="H15"/>
-      <c r="J15"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:10">
+      <c r="I15"/>
+    </row>
+    <row r="16" spans="1:9">
       <c r="D16"/>
       <c r="E16"/>
       <c r="H16"/>
-      <c r="J16"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:10">
+      <c r="I16"/>
+    </row>
+    <row r="17" spans="1:9">
       <c r="D17"/>
       <c r="E17"/>
       <c r="H17"/>
-      <c r="J17"/>
-[...1 lines deleted...]
-    <row r="18" spans="1:10">
+      <c r="I17"/>
+    </row>
+    <row r="18" spans="1:9">
       <c r="D18"/>
       <c r="E18"/>
       <c r="H18"/>
-      <c r="J18"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:10">
+      <c r="I18"/>
+    </row>
+    <row r="19" spans="1:9">
       <c r="D19"/>
       <c r="E19"/>
       <c r="H19"/>
-      <c r="J19"/>
-[...1 lines deleted...]
-    <row r="20" spans="1:10">
+      <c r="I19"/>
+    </row>
+    <row r="20" spans="1:9">
       <c r="D20"/>
       <c r="E20"/>
       <c r="H20"/>
-      <c r="J20"/>
-[...1 lines deleted...]
-    <row r="21" spans="1:10">
+      <c r="I20"/>
+    </row>
+    <row r="21" spans="1:9">
       <c r="D21"/>
       <c r="E21"/>
       <c r="H21"/>
-      <c r="J21"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:10">
+      <c r="I21"/>
+    </row>
+    <row r="22" spans="1:9">
       <c r="D22"/>
       <c r="E22"/>
       <c r="H22"/>
-      <c r="J22"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:10">
+      <c r="I22"/>
+    </row>
+    <row r="23" spans="1:9">
       <c r="D23"/>
       <c r="E23"/>
       <c r="H23"/>
-      <c r="J23"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:10">
+      <c r="I23"/>
+    </row>
+    <row r="24" spans="1:9">
       <c r="D24"/>
       <c r="E24"/>
       <c r="H24"/>
-      <c r="J24"/>
-[...1 lines deleted...]
-    <row r="25" spans="1:10">
+      <c r="I24"/>
+    </row>
+    <row r="25" spans="1:9">
       <c r="D25"/>
       <c r="E25"/>
       <c r="H25"/>
-      <c r="J25"/>
-[...1 lines deleted...]
-    <row r="26" spans="1:10">
+      <c r="I25"/>
+    </row>
+    <row r="26" spans="1:9">
       <c r="D26"/>
       <c r="E26"/>
       <c r="H26"/>
-      <c r="J26"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:10">
+      <c r="I26"/>
+    </row>
+    <row r="27" spans="1:9">
       <c r="D27"/>
       <c r="E27"/>
       <c r="H27"/>
-      <c r="J27"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:10">
+      <c r="I27"/>
+    </row>
+    <row r="28" spans="1:9">
       <c r="D28"/>
       <c r="E28"/>
       <c r="H28"/>
-      <c r="J28"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:10">
+      <c r="I28"/>
+    </row>
+    <row r="29" spans="1:9">
       <c r="D29"/>
       <c r="E29"/>
       <c r="H29"/>
-      <c r="J29"/>
-[...1 lines deleted...]
-    <row r="30" spans="1:10">
+      <c r="I29"/>
+    </row>
+    <row r="30" spans="1:9">
       <c r="D30"/>
       <c r="E30"/>
       <c r="H30"/>
-      <c r="J30"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:10">
+      <c r="I30"/>
+    </row>
+    <row r="31" spans="1:9">
       <c r="D31"/>
       <c r="E31"/>
       <c r="H31"/>
-      <c r="J31"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:10">
+      <c r="I31"/>
+    </row>
+    <row r="32" spans="1:9">
       <c r="D32"/>
       <c r="E32"/>
       <c r="H32"/>
-      <c r="J32"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:10">
+      <c r="I32"/>
+    </row>
+    <row r="33" spans="1:9">
       <c r="D33"/>
       <c r="E33"/>
       <c r="H33"/>
-      <c r="J33"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:10">
+      <c r="I33"/>
+    </row>
+    <row r="34" spans="1:9">
       <c r="D34"/>
       <c r="E34"/>
       <c r="H34"/>
-      <c r="J34"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:10">
+      <c r="I34"/>
+    </row>
+    <row r="35" spans="1:9">
       <c r="D35"/>
       <c r="E35"/>
       <c r="H35"/>
-      <c r="J35"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:10">
+      <c r="I35"/>
+    </row>
+    <row r="36" spans="1:9">
       <c r="D36"/>
       <c r="E36"/>
       <c r="H36"/>
-      <c r="J36"/>
-[...1 lines deleted...]
-    <row r="37" spans="1:10">
+      <c r="I36"/>
+    </row>
+    <row r="37" spans="1:9">
       <c r="D37"/>
       <c r="E37"/>
       <c r="H37"/>
-      <c r="J37"/>
-[...1 lines deleted...]
-    <row r="38" spans="1:10">
+      <c r="I37"/>
+    </row>
+    <row r="38" spans="1:9">
       <c r="D38"/>
       <c r="E38"/>
       <c r="H38"/>
-      <c r="J38"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:10">
+      <c r="I38"/>
+    </row>
+    <row r="39" spans="1:9">
       <c r="D39"/>
       <c r="E39"/>
       <c r="H39"/>
-      <c r="J39"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:10">
+      <c r="I39"/>
+    </row>
+    <row r="40" spans="1:9">
       <c r="D40"/>
       <c r="E40"/>
       <c r="H40"/>
-      <c r="J40"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:10">
+      <c r="I40"/>
+    </row>
+    <row r="41" spans="1:9">
       <c r="D41"/>
       <c r="E41"/>
       <c r="H41"/>
-      <c r="J41"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:10">
+      <c r="I41"/>
+    </row>
+    <row r="42" spans="1:9">
       <c r="D42"/>
       <c r="E42"/>
       <c r="H42"/>
-      <c r="J42"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:10">
+      <c r="I42"/>
+    </row>
+    <row r="43" spans="1:9">
       <c r="D43"/>
       <c r="E43"/>
       <c r="H43"/>
-      <c r="J43"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:10">
+      <c r="I43"/>
+    </row>
+    <row r="44" spans="1:9">
       <c r="D44"/>
       <c r="E44"/>
       <c r="H44"/>
-      <c r="J44"/>
-[...1 lines deleted...]
-    <row r="45" spans="1:10">
+      <c r="I44"/>
+    </row>
+    <row r="45" spans="1:9">
       <c r="D45"/>
       <c r="E45"/>
       <c r="H45"/>
-      <c r="J45"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:10">
+      <c r="I45"/>
+    </row>
+    <row r="46" spans="1:9">
       <c r="D46"/>
       <c r="E46"/>
       <c r="H46"/>
-      <c r="J46"/>
-[...1 lines deleted...]
-    <row r="47" spans="1:10">
+      <c r="I46"/>
+    </row>
+    <row r="47" spans="1:9">
       <c r="D47"/>
       <c r="E47"/>
       <c r="H47"/>
-      <c r="J47"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:10">
+      <c r="I47"/>
+    </row>
+    <row r="48" spans="1:9">
       <c r="D48"/>
       <c r="E48"/>
       <c r="H48"/>
-      <c r="J48"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:10">
+      <c r="I48"/>
+    </row>
+    <row r="49" spans="1:9">
       <c r="D49"/>
       <c r="E49"/>
       <c r="H49"/>
-      <c r="J49"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:10">
+      <c r="I49"/>
+    </row>
+    <row r="50" spans="1:9">
       <c r="D50"/>
       <c r="E50"/>
       <c r="H50"/>
-      <c r="J50"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:10">
+      <c r="I50"/>
+    </row>
+    <row r="51" spans="1:9">
       <c r="D51"/>
       <c r="E51"/>
       <c r="H51"/>
-      <c r="J51"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:10">
+      <c r="I51"/>
+    </row>
+    <row r="52" spans="1:9">
       <c r="D52"/>
       <c r="E52"/>
       <c r="H52"/>
-      <c r="J52"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:10">
+      <c r="I52"/>
+    </row>
+    <row r="53" spans="1:9">
       <c r="D53"/>
       <c r="E53"/>
       <c r="H53"/>
-      <c r="J53"/>
-[...1 lines deleted...]
-    <row r="54" spans="1:10">
+      <c r="I53"/>
+    </row>
+    <row r="54" spans="1:9">
       <c r="D54"/>
       <c r="E54"/>
       <c r="H54"/>
-      <c r="J54"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:10">
+      <c r="I54"/>
+    </row>
+    <row r="55" spans="1:9">
       <c r="D55"/>
       <c r="E55"/>
       <c r="H55"/>
-      <c r="J55"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:10">
+      <c r="I55"/>
+    </row>
+    <row r="56" spans="1:9">
       <c r="D56"/>
       <c r="E56"/>
       <c r="H56"/>
-      <c r="J56"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:10">
+      <c r="I56"/>
+    </row>
+    <row r="57" spans="1:9">
       <c r="D57"/>
       <c r="E57"/>
       <c r="H57"/>
-      <c r="J57"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:10">
+      <c r="I57"/>
+    </row>
+    <row r="58" spans="1:9">
       <c r="D58"/>
       <c r="E58"/>
       <c r="H58"/>
-      <c r="J58"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:10">
+      <c r="I58"/>
+    </row>
+    <row r="59" spans="1:9">
       <c r="D59"/>
       <c r="E59"/>
       <c r="H59"/>
-      <c r="J59"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:10">
+      <c r="I59"/>
+    </row>
+    <row r="60" spans="1:9">
       <c r="D60"/>
       <c r="E60"/>
       <c r="H60"/>
-      <c r="J60"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:10">
+      <c r="I60"/>
+    </row>
+    <row r="61" spans="1:9">
       <c r="D61"/>
       <c r="E61"/>
       <c r="H61"/>
-      <c r="J61"/>
-[...1 lines deleted...]
-    <row r="62" spans="1:10">
+      <c r="I61"/>
+    </row>
+    <row r="62" spans="1:9">
       <c r="D62"/>
       <c r="E62"/>
       <c r="H62"/>
-      <c r="J62"/>
-[...1 lines deleted...]
-    <row r="63" spans="1:10">
+      <c r="I62"/>
+    </row>
+    <row r="63" spans="1:9">
       <c r="D63"/>
       <c r="E63"/>
       <c r="H63"/>
-      <c r="J63"/>
-[...1 lines deleted...]
-    <row r="64" spans="1:10">
+      <c r="I63"/>
+    </row>
+    <row r="64" spans="1:9">
       <c r="D64"/>
       <c r="E64"/>
       <c r="H64"/>
-      <c r="J64"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:10">
+      <c r="I64"/>
+    </row>
+    <row r="65" spans="1:9">
       <c r="D65"/>
       <c r="E65"/>
       <c r="H65"/>
-      <c r="J65"/>
-[...1 lines deleted...]
-    <row r="66" spans="1:10">
+      <c r="I65"/>
+    </row>
+    <row r="66" spans="1:9">
       <c r="D66"/>
       <c r="E66"/>
       <c r="H66"/>
-      <c r="J66"/>
-[...1 lines deleted...]
-    <row r="67" spans="1:10">
+      <c r="I66"/>
+    </row>
+    <row r="67" spans="1:9">
       <c r="D67"/>
       <c r="E67"/>
       <c r="H67"/>
-      <c r="J67"/>
-[...1 lines deleted...]
-    <row r="68" spans="1:10">
+      <c r="I67"/>
+    </row>
+    <row r="68" spans="1:9">
       <c r="D68"/>
       <c r="E68"/>
       <c r="H68"/>
-      <c r="J68"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:10">
+      <c r="I68"/>
+    </row>
+    <row r="69" spans="1:9">
       <c r="D69"/>
       <c r="E69"/>
       <c r="H69"/>
-      <c r="J69"/>
-[...1 lines deleted...]
-    <row r="70" spans="1:10">
+      <c r="I69"/>
+    </row>
+    <row r="70" spans="1:9">
       <c r="D70"/>
       <c r="E70"/>
       <c r="H70"/>
-      <c r="J70"/>
-[...1 lines deleted...]
-    <row r="71" spans="1:10">
+      <c r="I70"/>
+    </row>
+    <row r="71" spans="1:9">
       <c r="D71"/>
       <c r="E71"/>
       <c r="H71"/>
-      <c r="J71"/>
-[...1 lines deleted...]
-    <row r="72" spans="1:10">
+      <c r="I71"/>
+    </row>
+    <row r="72" spans="1:9">
       <c r="D72"/>
       <c r="E72"/>
       <c r="H72"/>
-      <c r="J72"/>
-[...1 lines deleted...]
-    <row r="73" spans="1:10">
+      <c r="I72"/>
+    </row>
+    <row r="73" spans="1:9">
       <c r="D73"/>
       <c r="E73"/>
       <c r="H73"/>
-      <c r="J73"/>
-[...1 lines deleted...]
-    <row r="74" spans="1:10">
+      <c r="I73"/>
+    </row>
+    <row r="74" spans="1:9">
       <c r="D74"/>
       <c r="E74"/>
       <c r="H74"/>
-      <c r="J74"/>
-[...1 lines deleted...]
-    <row r="75" spans="1:10">
+      <c r="I74"/>
+    </row>
+    <row r="75" spans="1:9">
       <c r="D75"/>
       <c r="E75"/>
       <c r="H75"/>
-      <c r="J75"/>
-[...1 lines deleted...]
-    <row r="76" spans="1:10">
+      <c r="I75"/>
+    </row>
+    <row r="76" spans="1:9">
       <c r="D76"/>
       <c r="E76"/>
       <c r="H76"/>
-      <c r="J76"/>
-[...1 lines deleted...]
-    <row r="77" spans="1:10">
+      <c r="I76"/>
+    </row>
+    <row r="77" spans="1:9">
       <c r="D77"/>
       <c r="E77"/>
       <c r="H77"/>
-      <c r="J77"/>
-[...1 lines deleted...]
-    <row r="78" spans="1:10">
+      <c r="I77"/>
+    </row>
+    <row r="78" spans="1:9">
       <c r="D78"/>
       <c r="E78"/>
       <c r="H78"/>
-      <c r="J78"/>
-[...1 lines deleted...]
-    <row r="79" spans="1:10">
+      <c r="I78"/>
+    </row>
+    <row r="79" spans="1:9">
       <c r="D79"/>
       <c r="E79"/>
       <c r="H79"/>
-      <c r="J79"/>
-[...1 lines deleted...]
-    <row r="80" spans="1:10">
+      <c r="I79"/>
+    </row>
+    <row r="80" spans="1:9">
       <c r="D80"/>
       <c r="E80"/>
       <c r="H80"/>
-      <c r="J80"/>
-[...1 lines deleted...]
-    <row r="81" spans="1:10">
+      <c r="I80"/>
+    </row>
+    <row r="81" spans="1:9">
       <c r="D81"/>
       <c r="E81"/>
       <c r="H81"/>
-      <c r="J81"/>
-[...1 lines deleted...]
-    <row r="82" spans="1:10">
+      <c r="I81"/>
+    </row>
+    <row r="82" spans="1:9">
       <c r="D82"/>
       <c r="E82"/>
       <c r="H82"/>
-      <c r="J82"/>
-[...1 lines deleted...]
-    <row r="83" spans="1:10">
+      <c r="I82"/>
+    </row>
+    <row r="83" spans="1:9">
       <c r="D83"/>
       <c r="E83"/>
       <c r="H83"/>
-      <c r="J83"/>
-[...1 lines deleted...]
-    <row r="84" spans="1:10">
+      <c r="I83"/>
+    </row>
+    <row r="84" spans="1:9">
       <c r="D84"/>
       <c r="E84"/>
       <c r="H84"/>
-      <c r="J84"/>
-[...1 lines deleted...]
-    <row r="85" spans="1:10">
+      <c r="I84"/>
+    </row>
+    <row r="85" spans="1:9">
       <c r="D85"/>
       <c r="E85"/>
       <c r="H85"/>
-      <c r="J85"/>
-[...1 lines deleted...]
-    <row r="86" spans="1:10">
+      <c r="I85"/>
+    </row>
+    <row r="86" spans="1:9">
       <c r="D86"/>
       <c r="E86"/>
       <c r="H86"/>
-      <c r="J86"/>
-[...1 lines deleted...]
-    <row r="87" spans="1:10">
+      <c r="I86"/>
+    </row>
+    <row r="87" spans="1:9">
       <c r="D87"/>
       <c r="E87"/>
       <c r="H87"/>
-      <c r="J87"/>
-[...1 lines deleted...]
-    <row r="88" spans="1:10">
+      <c r="I87"/>
+    </row>
+    <row r="88" spans="1:9">
       <c r="D88"/>
       <c r="E88"/>
       <c r="H88"/>
-      <c r="J88"/>
-[...1 lines deleted...]
-    <row r="89" spans="1:10">
+      <c r="I88"/>
+    </row>
+    <row r="89" spans="1:9">
       <c r="D89"/>
       <c r="E89"/>
       <c r="H89"/>
-      <c r="J89"/>
-[...1 lines deleted...]
-    <row r="90" spans="1:10">
+      <c r="I89"/>
+    </row>
+    <row r="90" spans="1:9">
       <c r="D90"/>
       <c r="E90"/>
       <c r="H90"/>
-      <c r="J90"/>
-[...1 lines deleted...]
-    <row r="91" spans="1:10">
+      <c r="I90"/>
+    </row>
+    <row r="91" spans="1:9">
       <c r="D91"/>
       <c r="E91"/>
       <c r="H91"/>
-      <c r="J91"/>
-[...1 lines deleted...]
-    <row r="92" spans="1:10">
+      <c r="I91"/>
+    </row>
+    <row r="92" spans="1:9">
       <c r="D92"/>
       <c r="E92"/>
       <c r="H92"/>
-      <c r="J92"/>
-[...1 lines deleted...]
-    <row r="93" spans="1:10">
+      <c r="I92"/>
+    </row>
+    <row r="93" spans="1:9">
       <c r="D93"/>
       <c r="E93"/>
       <c r="H93"/>
-      <c r="J93"/>
-[...1 lines deleted...]
-    <row r="94" spans="1:10">
+      <c r="I93"/>
+    </row>
+    <row r="94" spans="1:9">
       <c r="D94"/>
       <c r="E94"/>
       <c r="H94"/>
-      <c r="J94"/>
-[...1 lines deleted...]
-    <row r="95" spans="1:10">
+      <c r="I94"/>
+    </row>
+    <row r="95" spans="1:9">
       <c r="D95"/>
       <c r="E95"/>
       <c r="H95"/>
-      <c r="J95"/>
-[...1 lines deleted...]
-    <row r="96" spans="1:10">
+      <c r="I95"/>
+    </row>
+    <row r="96" spans="1:9">
       <c r="D96"/>
       <c r="E96"/>
       <c r="H96"/>
-      <c r="J96"/>
-[...1 lines deleted...]
-    <row r="97" spans="1:10">
+      <c r="I96"/>
+    </row>
+    <row r="97" spans="1:9">
       <c r="D97"/>
       <c r="E97"/>
       <c r="H97"/>
-      <c r="J97"/>
-[...1 lines deleted...]
-    <row r="98" spans="1:10">
+      <c r="I97"/>
+    </row>
+    <row r="98" spans="1:9">
       <c r="D98"/>
       <c r="E98"/>
       <c r="H98"/>
-      <c r="J98"/>
-[...1 lines deleted...]
-    <row r="99" spans="1:10">
+      <c r="I98"/>
+    </row>
+    <row r="99" spans="1:9">
       <c r="D99"/>
       <c r="E99"/>
       <c r="H99"/>
-      <c r="J99"/>
-[...1 lines deleted...]
-    <row r="100" spans="1:10">
+      <c r="I99"/>
+    </row>
+    <row r="100" spans="1:9">
       <c r="D100"/>
       <c r="E100"/>
       <c r="H100"/>
-      <c r="J100"/>
-[...1 lines deleted...]
-    <row r="101" spans="1:10">
+      <c r="I100"/>
+    </row>
+    <row r="101" spans="1:9">
       <c r="D101"/>
       <c r="E101"/>
       <c r="H101"/>
-      <c r="J101"/>
-[...1 lines deleted...]
-    <row r="102" spans="1:10">
+      <c r="I101"/>
+    </row>
+    <row r="102" spans="1:9">
       <c r="D102"/>
       <c r="E102"/>
       <c r="H102"/>
-      <c r="J102"/>
-[...1 lines deleted...]
-    <row r="103" spans="1:10">
+      <c r="I102"/>
+    </row>
+    <row r="103" spans="1:9">
       <c r="D103"/>
       <c r="E103"/>
       <c r="H103"/>
-      <c r="J103"/>
-[...1 lines deleted...]
-    <row r="104" spans="1:10">
+      <c r="I103"/>
+    </row>
+    <row r="104" spans="1:9">
       <c r="D104"/>
       <c r="E104"/>
       <c r="H104"/>
-      <c r="J104"/>
-[...1 lines deleted...]
-    <row r="105" spans="1:10">
+      <c r="I104"/>
+    </row>
+    <row r="105" spans="1:9">
       <c r="D105"/>
       <c r="E105"/>
       <c r="H105"/>
-      <c r="J105"/>
-[...1 lines deleted...]
-    <row r="106" spans="1:10">
+      <c r="I105"/>
+    </row>
+    <row r="106" spans="1:9">
       <c r="D106"/>
       <c r="E106"/>
       <c r="H106"/>
-      <c r="J106"/>
-[...1 lines deleted...]
-    <row r="107" spans="1:10">
+      <c r="I106"/>
+    </row>
+    <row r="107" spans="1:9">
       <c r="D107"/>
       <c r="E107"/>
       <c r="H107"/>
-      <c r="J107"/>
-[...1 lines deleted...]
-    <row r="108" spans="1:10">
+      <c r="I107"/>
+    </row>
+    <row r="108" spans="1:9">
       <c r="D108"/>
       <c r="E108"/>
       <c r="H108"/>
-      <c r="J108"/>
-[...1 lines deleted...]
-    <row r="109" spans="1:10">
+      <c r="I108"/>
+    </row>
+    <row r="109" spans="1:9">
       <c r="D109"/>
       <c r="E109"/>
       <c r="H109"/>
-      <c r="J109"/>
-[...1 lines deleted...]
-    <row r="110" spans="1:10">
+      <c r="I109"/>
+    </row>
+    <row r="110" spans="1:9">
       <c r="D110"/>
       <c r="E110"/>
       <c r="H110"/>
-      <c r="J110"/>
-[...1 lines deleted...]
-    <row r="111" spans="1:10">
+      <c r="I110"/>
+    </row>
+    <row r="111" spans="1:9">
       <c r="D111"/>
       <c r="E111"/>
       <c r="H111"/>
-      <c r="J111"/>
-[...1 lines deleted...]
-    <row r="112" spans="1:10">
+      <c r="I111"/>
+    </row>
+    <row r="112" spans="1:9">
       <c r="D112"/>
       <c r="E112"/>
       <c r="H112"/>
-      <c r="J112"/>
-[...1 lines deleted...]
-    <row r="113" spans="1:10">
+      <c r="I112"/>
+    </row>
+    <row r="113" spans="1:9">
       <c r="D113"/>
       <c r="E113"/>
       <c r="H113"/>
-      <c r="J113"/>
-[...1 lines deleted...]
-    <row r="114" spans="1:10">
+      <c r="I113"/>
+    </row>
+    <row r="114" spans="1:9">
       <c r="D114"/>
       <c r="E114"/>
       <c r="H114"/>
-      <c r="J114"/>
-[...1 lines deleted...]
-    <row r="115" spans="1:10">
+      <c r="I114"/>
+    </row>
+    <row r="115" spans="1:9">
       <c r="D115"/>
       <c r="E115"/>
       <c r="H115"/>
-      <c r="J115"/>
-[...1 lines deleted...]
-    <row r="116" spans="1:10">
+      <c r="I115"/>
+    </row>
+    <row r="116" spans="1:9">
       <c r="D116"/>
       <c r="E116"/>
       <c r="H116"/>
-      <c r="J116"/>
-[...1 lines deleted...]
-    <row r="117" spans="1:10">
+      <c r="I116"/>
+    </row>
+    <row r="117" spans="1:9">
       <c r="D117"/>
       <c r="E117"/>
       <c r="H117"/>
-      <c r="J117"/>
-[...1 lines deleted...]
-    <row r="118" spans="1:10">
+      <c r="I117"/>
+    </row>
+    <row r="118" spans="1:9">
       <c r="D118"/>
       <c r="E118"/>
       <c r="H118"/>
-      <c r="J118"/>
-[...1 lines deleted...]
-    <row r="119" spans="1:10">
+      <c r="I118"/>
+    </row>
+    <row r="119" spans="1:9">
       <c r="D119"/>
       <c r="E119"/>
       <c r="H119"/>
-      <c r="J119"/>
-[...1 lines deleted...]
-    <row r="120" spans="1:10">
+      <c r="I119"/>
+    </row>
+    <row r="120" spans="1:9">
       <c r="D120"/>
       <c r="E120"/>
       <c r="H120"/>
-      <c r="J120"/>
-[...1 lines deleted...]
-    <row r="121" spans="1:10">
+      <c r="I120"/>
+    </row>
+    <row r="121" spans="1:9">
       <c r="D121"/>
       <c r="E121"/>
       <c r="H121"/>
-      <c r="J121"/>
-[...1 lines deleted...]
-    <row r="122" spans="1:10">
+      <c r="I121"/>
+    </row>
+    <row r="122" spans="1:9">
       <c r="D122"/>
       <c r="E122"/>
       <c r="H122"/>
-      <c r="J122"/>
-[...1 lines deleted...]
-    <row r="123" spans="1:10">
+      <c r="I122"/>
+    </row>
+    <row r="123" spans="1:9">
       <c r="D123"/>
       <c r="E123"/>
       <c r="H123"/>
-      <c r="J123"/>
-[...1 lines deleted...]
-    <row r="124" spans="1:10">
+      <c r="I123"/>
+    </row>
+    <row r="124" spans="1:9">
       <c r="D124"/>
       <c r="E124"/>
       <c r="H124"/>
-      <c r="J124"/>
-[...1 lines deleted...]
-    <row r="125" spans="1:10">
+      <c r="I124"/>
+    </row>
+    <row r="125" spans="1:9">
       <c r="D125"/>
       <c r="E125"/>
       <c r="H125"/>
-      <c r="J125"/>
-[...1 lines deleted...]
-    <row r="126" spans="1:10">
+      <c r="I125"/>
+    </row>
+    <row r="126" spans="1:9">
       <c r="D126"/>
       <c r="E126"/>
       <c r="H126"/>
-      <c r="J126"/>
-[...1 lines deleted...]
-    <row r="127" spans="1:10">
+      <c r="I126"/>
+    </row>
+    <row r="127" spans="1:9">
       <c r="D127"/>
       <c r="E127"/>
       <c r="H127"/>
-      <c r="J127"/>
-[...1 lines deleted...]
-    <row r="128" spans="1:10">
+      <c r="I127"/>
+    </row>
+    <row r="128" spans="1:9">
       <c r="D128"/>
       <c r="E128"/>
       <c r="H128"/>
-      <c r="J128"/>
-[...1 lines deleted...]
-    <row r="129" spans="1:10">
+      <c r="I128"/>
+    </row>
+    <row r="129" spans="1:9">
       <c r="D129"/>
       <c r="E129"/>
       <c r="H129"/>
-      <c r="J129"/>
-[...1 lines deleted...]
-    <row r="130" spans="1:10">
+      <c r="I129"/>
+    </row>
+    <row r="130" spans="1:9">
       <c r="D130"/>
       <c r="E130"/>
       <c r="H130"/>
-      <c r="J130"/>
-[...1 lines deleted...]
-    <row r="131" spans="1:10">
+      <c r="I130"/>
+    </row>
+    <row r="131" spans="1:9">
       <c r="D131"/>
       <c r="E131"/>
       <c r="H131"/>
-      <c r="J131"/>
-[...1 lines deleted...]
-    <row r="132" spans="1:10">
+      <c r="I131"/>
+    </row>
+    <row r="132" spans="1:9">
       <c r="D132"/>
       <c r="E132"/>
       <c r="H132"/>
-      <c r="J132"/>
-[...1 lines deleted...]
-    <row r="133" spans="1:10">
+      <c r="I132"/>
+    </row>
+    <row r="133" spans="1:9">
       <c r="D133"/>
       <c r="E133"/>
       <c r="H133"/>
-      <c r="J133"/>
-[...1 lines deleted...]
-    <row r="134" spans="1:10">
+      <c r="I133"/>
+    </row>
+    <row r="134" spans="1:9">
       <c r="D134"/>
       <c r="E134"/>
       <c r="H134"/>
-      <c r="J134"/>
-[...1 lines deleted...]
-    <row r="135" spans="1:10">
+      <c r="I134"/>
+    </row>
+    <row r="135" spans="1:9">
       <c r="D135"/>
       <c r="E135"/>
       <c r="H135"/>
-      <c r="J135"/>
-[...1 lines deleted...]
-    <row r="136" spans="1:10">
+      <c r="I135"/>
+    </row>
+    <row r="136" spans="1:9">
       <c r="D136"/>
       <c r="E136"/>
       <c r="H136"/>
-      <c r="J136"/>
-[...1 lines deleted...]
-    <row r="137" spans="1:10">
+      <c r="I136"/>
+    </row>
+    <row r="137" spans="1:9">
       <c r="D137"/>
       <c r="E137"/>
       <c r="H137"/>
-      <c r="J137"/>
-[...1 lines deleted...]
-    <row r="138" spans="1:10">
+      <c r="I137"/>
+    </row>
+    <row r="138" spans="1:9">
       <c r="D138"/>
       <c r="E138"/>
       <c r="H138"/>
-      <c r="J138"/>
-[...1 lines deleted...]
-    <row r="139" spans="1:10">
+      <c r="I138"/>
+    </row>
+    <row r="139" spans="1:9">
       <c r="D139"/>
       <c r="E139"/>
       <c r="H139"/>
-      <c r="J139"/>
-[...1 lines deleted...]
-    <row r="140" spans="1:10">
+      <c r="I139"/>
+    </row>
+    <row r="140" spans="1:9">
       <c r="D140"/>
       <c r="E140"/>
       <c r="H140"/>
-      <c r="J140"/>
-[...1 lines deleted...]
-    <row r="141" spans="1:10">
+      <c r="I140"/>
+    </row>
+    <row r="141" spans="1:9">
       <c r="D141"/>
       <c r="E141"/>
       <c r="H141"/>
-      <c r="J141"/>
-[...1 lines deleted...]
-    <row r="142" spans="1:10">
+      <c r="I141"/>
+    </row>
+    <row r="142" spans="1:9">
       <c r="D142"/>
       <c r="E142"/>
       <c r="H142"/>
-      <c r="J142"/>
-[...1 lines deleted...]
-    <row r="143" spans="1:10">
+      <c r="I142"/>
+    </row>
+    <row r="143" spans="1:9">
       <c r="D143"/>
       <c r="E143"/>
       <c r="H143"/>
-      <c r="J143"/>
-[...1 lines deleted...]
-    <row r="144" spans="1:10">
+      <c r="I143"/>
+    </row>
+    <row r="144" spans="1:9">
       <c r="D144"/>
       <c r="E144"/>
       <c r="H144"/>
-      <c r="J144"/>
-[...1 lines deleted...]
-    <row r="145" spans="1:10">
+      <c r="I144"/>
+    </row>
+    <row r="145" spans="1:9">
       <c r="D145"/>
       <c r="E145"/>
       <c r="H145"/>
-      <c r="J145"/>
-[...1 lines deleted...]
-    <row r="146" spans="1:10">
+      <c r="I145"/>
+    </row>
+    <row r="146" spans="1:9">
       <c r="D146"/>
       <c r="E146"/>
       <c r="H146"/>
-      <c r="J146"/>
-[...1 lines deleted...]
-    <row r="147" spans="1:10">
+      <c r="I146"/>
+    </row>
+    <row r="147" spans="1:9">
       <c r="D147"/>
       <c r="E147"/>
       <c r="H147"/>
-      <c r="J147"/>
-[...1 lines deleted...]
-    <row r="148" spans="1:10">
+      <c r="I147"/>
+    </row>
+    <row r="148" spans="1:9">
       <c r="D148"/>
       <c r="E148"/>
       <c r="H148"/>
-      <c r="J148"/>
-[...1 lines deleted...]
-    <row r="149" spans="1:10">
+      <c r="I148"/>
+    </row>
+    <row r="149" spans="1:9">
       <c r="D149"/>
       <c r="E149"/>
       <c r="H149"/>
-      <c r="J149"/>
-[...1 lines deleted...]
-    <row r="150" spans="1:10">
+      <c r="I149"/>
+    </row>
+    <row r="150" spans="1:9">
       <c r="D150"/>
       <c r="E150"/>
       <c r="H150"/>
-      <c r="J150"/>
-[...1 lines deleted...]
-    <row r="151" spans="1:10">
+      <c r="I150"/>
+    </row>
+    <row r="151" spans="1:9">
       <c r="D151"/>
       <c r="E151"/>
       <c r="H151"/>
-      <c r="J151"/>
-[...1 lines deleted...]
-    <row r="152" spans="1:10">
+      <c r="I151"/>
+    </row>
+    <row r="152" spans="1:9">
       <c r="D152"/>
       <c r="E152"/>
       <c r="H152"/>
-      <c r="J152"/>
-[...1 lines deleted...]
-    <row r="153" spans="1:10">
+      <c r="I152"/>
+    </row>
+    <row r="153" spans="1:9">
       <c r="D153"/>
       <c r="E153"/>
       <c r="H153"/>
-      <c r="J153"/>
-[...1 lines deleted...]
-    <row r="154" spans="1:10">
+      <c r="I153"/>
+    </row>
+    <row r="154" spans="1:9">
       <c r="D154"/>
       <c r="E154"/>
       <c r="H154"/>
-      <c r="J154"/>
-[...1 lines deleted...]
-    <row r="155" spans="1:10">
+      <c r="I154"/>
+    </row>
+    <row r="155" spans="1:9">
       <c r="D155"/>
       <c r="E155"/>
       <c r="H155"/>
-      <c r="J155"/>
-[...1 lines deleted...]
-    <row r="156" spans="1:10">
+      <c r="I155"/>
+    </row>
+    <row r="156" spans="1:9">
       <c r="D156"/>
       <c r="E156"/>
       <c r="H156"/>
-      <c r="J156"/>
-[...1 lines deleted...]
-    <row r="157" spans="1:10">
+      <c r="I156"/>
+    </row>
+    <row r="157" spans="1:9">
       <c r="D157"/>
       <c r="E157"/>
       <c r="H157"/>
-      <c r="J157"/>
-[...1 lines deleted...]
-    <row r="158" spans="1:10">
+      <c r="I157"/>
+    </row>
+    <row r="158" spans="1:9">
       <c r="D158"/>
       <c r="E158"/>
       <c r="H158"/>
-      <c r="J158"/>
-[...1 lines deleted...]
-    <row r="159" spans="1:10">
+      <c r="I158"/>
+    </row>
+    <row r="159" spans="1:9">
       <c r="D159"/>
       <c r="E159"/>
       <c r="H159"/>
-      <c r="J159"/>
-[...1 lines deleted...]
-    <row r="160" spans="1:10">
+      <c r="I159"/>
+    </row>
+    <row r="160" spans="1:9">
       <c r="D160"/>
       <c r="E160"/>
       <c r="H160"/>
-      <c r="J160"/>
-[...1 lines deleted...]
-    <row r="161" spans="1:10">
+      <c r="I160"/>
+    </row>
+    <row r="161" spans="1:9">
       <c r="D161"/>
       <c r="E161"/>
       <c r="H161"/>
-      <c r="J161"/>
-[...1 lines deleted...]
-    <row r="162" spans="1:10">
+      <c r="I161"/>
+    </row>
+    <row r="162" spans="1:9">
       <c r="D162"/>
       <c r="E162"/>
       <c r="H162"/>
-      <c r="J162"/>
-[...1 lines deleted...]
-    <row r="163" spans="1:10">
+      <c r="I162"/>
+    </row>
+    <row r="163" spans="1:9">
       <c r="D163"/>
       <c r="E163"/>
       <c r="H163"/>
-      <c r="J163"/>
-[...1 lines deleted...]
-    <row r="164" spans="1:10">
+      <c r="I163"/>
+    </row>
+    <row r="164" spans="1:9">
       <c r="D164"/>
       <c r="E164"/>
       <c r="H164"/>
-      <c r="J164"/>
-[...1 lines deleted...]
-    <row r="165" spans="1:10">
+      <c r="I164"/>
+    </row>
+    <row r="165" spans="1:9">
       <c r="D165"/>
       <c r="E165"/>
       <c r="H165"/>
-      <c r="J165"/>
-[...1 lines deleted...]
-    <row r="166" spans="1:10">
+      <c r="I165"/>
+    </row>
+    <row r="166" spans="1:9">
       <c r="D166"/>
       <c r="E166"/>
       <c r="H166"/>
-      <c r="J166"/>
-[...1 lines deleted...]
-    <row r="167" spans="1:10">
+      <c r="I166"/>
+    </row>
+    <row r="167" spans="1:9">
       <c r="D167"/>
       <c r="E167"/>
       <c r="H167"/>
-      <c r="J167"/>
-[...1 lines deleted...]
-    <row r="168" spans="1:10">
+      <c r="I167"/>
+    </row>
+    <row r="168" spans="1:9">
       <c r="D168"/>
       <c r="E168"/>
       <c r="H168"/>
-      <c r="J168"/>
-[...1 lines deleted...]
-    <row r="169" spans="1:10">
+      <c r="I168"/>
+    </row>
+    <row r="169" spans="1:9">
       <c r="D169"/>
       <c r="E169"/>
       <c r="H169"/>
-      <c r="J169"/>
-[...1 lines deleted...]
-    <row r="170" spans="1:10">
+      <c r="I169"/>
+    </row>
+    <row r="170" spans="1:9">
       <c r="D170"/>
       <c r="E170"/>
       <c r="H170"/>
-      <c r="J170"/>
-[...1 lines deleted...]
-    <row r="171" spans="1:10">
+      <c r="I170"/>
+    </row>
+    <row r="171" spans="1:9">
       <c r="D171"/>
       <c r="E171"/>
       <c r="H171"/>
-      <c r="J171"/>
-[...1 lines deleted...]
-    <row r="172" spans="1:10">
+      <c r="I171"/>
+    </row>
+    <row r="172" spans="1:9">
       <c r="D172"/>
       <c r="E172"/>
       <c r="H172"/>
-      <c r="J172"/>
-[...1 lines deleted...]
-    <row r="173" spans="1:10">
+      <c r="I172"/>
+    </row>
+    <row r="173" spans="1:9">
       <c r="D173"/>
       <c r="E173"/>
       <c r="H173"/>
-      <c r="J173"/>
-[...1 lines deleted...]
-    <row r="174" spans="1:10">
+      <c r="I173"/>
+    </row>
+    <row r="174" spans="1:9">
       <c r="D174"/>
       <c r="E174"/>
       <c r="H174"/>
-      <c r="J174"/>
-[...1 lines deleted...]
-    <row r="175" spans="1:10">
+      <c r="I174"/>
+    </row>
+    <row r="175" spans="1:9">
       <c r="D175"/>
       <c r="E175"/>
       <c r="H175"/>
-      <c r="J175"/>
-[...1 lines deleted...]
-    <row r="176" spans="1:10">
+      <c r="I175"/>
+    </row>
+    <row r="176" spans="1:9">
       <c r="D176"/>
       <c r="E176"/>
       <c r="H176"/>
-      <c r="J176"/>
-[...1 lines deleted...]
-    <row r="177" spans="1:10">
+      <c r="I176"/>
+    </row>
+    <row r="177" spans="1:9">
       <c r="D177"/>
       <c r="E177"/>
       <c r="H177"/>
-      <c r="J177"/>
-[...1 lines deleted...]
-    <row r="178" spans="1:10">
+      <c r="I177"/>
+    </row>
+    <row r="178" spans="1:9">
       <c r="D178"/>
       <c r="E178"/>
       <c r="H178"/>
-      <c r="J178"/>
-[...1 lines deleted...]
-    <row r="179" spans="1:10">
+      <c r="I178"/>
+    </row>
+    <row r="179" spans="1:9">
       <c r="D179"/>
       <c r="E179"/>
       <c r="H179"/>
-      <c r="J179"/>
-[...1 lines deleted...]
-    <row r="180" spans="1:10">
+      <c r="I179"/>
+    </row>
+    <row r="180" spans="1:9">
       <c r="D180"/>
       <c r="E180"/>
       <c r="H180"/>
-      <c r="J180"/>
-[...1 lines deleted...]
-    <row r="181" spans="1:10">
+      <c r="I180"/>
+    </row>
+    <row r="181" spans="1:9">
       <c r="D181"/>
       <c r="E181"/>
       <c r="H181"/>
-      <c r="J181"/>
-[...1 lines deleted...]
-    <row r="182" spans="1:10">
+      <c r="I181"/>
+    </row>
+    <row r="182" spans="1:9">
       <c r="D182"/>
       <c r="E182"/>
       <c r="H182"/>
-      <c r="J182"/>
-[...1 lines deleted...]
-    <row r="183" spans="1:10">
+      <c r="I182"/>
+    </row>
+    <row r="183" spans="1:9">
       <c r="D183"/>
       <c r="E183"/>
       <c r="H183"/>
-      <c r="J183"/>
-[...1 lines deleted...]
-    <row r="184" spans="1:10">
+      <c r="I183"/>
+    </row>
+    <row r="184" spans="1:9">
       <c r="D184"/>
       <c r="E184"/>
       <c r="H184"/>
-      <c r="J184"/>
-[...1 lines deleted...]
-    <row r="185" spans="1:10">
+      <c r="I184"/>
+    </row>
+    <row r="185" spans="1:9">
       <c r="D185"/>
       <c r="E185"/>
       <c r="H185"/>
-      <c r="J185"/>
-[...1 lines deleted...]
-    <row r="186" spans="1:10">
+      <c r="I185"/>
+    </row>
+    <row r="186" spans="1:9">
       <c r="D186"/>
       <c r="E186"/>
       <c r="H186"/>
-      <c r="J186"/>
-[...1 lines deleted...]
-    <row r="187" spans="1:10">
+      <c r="I186"/>
+    </row>
+    <row r="187" spans="1:9">
       <c r="D187"/>
       <c r="E187"/>
       <c r="H187"/>
-      <c r="J187"/>
-[...1 lines deleted...]
-    <row r="188" spans="1:10">
+      <c r="I187"/>
+    </row>
+    <row r="188" spans="1:9">
       <c r="D188"/>
       <c r="E188"/>
       <c r="H188"/>
-      <c r="J188"/>
-[...1 lines deleted...]
-    <row r="189" spans="1:10">
+      <c r="I188"/>
+    </row>
+    <row r="189" spans="1:9">
       <c r="D189"/>
       <c r="E189"/>
       <c r="H189"/>
-      <c r="J189"/>
-[...1 lines deleted...]
-    <row r="190" spans="1:10">
+      <c r="I189"/>
+    </row>
+    <row r="190" spans="1:9">
       <c r="D190"/>
       <c r="E190"/>
       <c r="H190"/>
-      <c r="J190"/>
-[...1 lines deleted...]
-    <row r="191" spans="1:10">
+      <c r="I190"/>
+    </row>
+    <row r="191" spans="1:9">
       <c r="D191"/>
       <c r="E191"/>
       <c r="H191"/>
-      <c r="J191"/>
-[...1 lines deleted...]
-    <row r="192" spans="1:10">
+      <c r="I191"/>
+    </row>
+    <row r="192" spans="1:9">
       <c r="D192"/>
       <c r="E192"/>
       <c r="H192"/>
-      <c r="J192"/>
-[...1 lines deleted...]
-    <row r="193" spans="1:10">
+      <c r="I192"/>
+    </row>
+    <row r="193" spans="1:9">
       <c r="D193"/>
       <c r="E193"/>
       <c r="H193"/>
-      <c r="J193"/>
-[...1 lines deleted...]
-    <row r="194" spans="1:10">
+      <c r="I193"/>
+    </row>
+    <row r="194" spans="1:9">
       <c r="D194"/>
       <c r="E194"/>
       <c r="H194"/>
-      <c r="J194"/>
-[...1 lines deleted...]
-    <row r="195" spans="1:10">
+      <c r="I194"/>
+    </row>
+    <row r="195" spans="1:9">
       <c r="D195"/>
       <c r="E195"/>
       <c r="H195"/>
-      <c r="J195"/>
-[...1 lines deleted...]
-    <row r="196" spans="1:10">
+      <c r="I195"/>
+    </row>
+    <row r="196" spans="1:9">
       <c r="D196"/>
       <c r="E196"/>
       <c r="H196"/>
-      <c r="J196"/>
-[...1 lines deleted...]
-    <row r="197" spans="1:10">
+      <c r="I196"/>
+    </row>
+    <row r="197" spans="1:9">
       <c r="D197"/>
       <c r="E197"/>
       <c r="H197"/>
-      <c r="J197"/>
-[...1 lines deleted...]
-    <row r="198" spans="1:10">
+      <c r="I197"/>
+    </row>
+    <row r="198" spans="1:9">
       <c r="D198"/>
       <c r="E198"/>
       <c r="H198"/>
-      <c r="J198"/>
-[...1 lines deleted...]
-    <row r="199" spans="1:10">
+      <c r="I198"/>
+    </row>
+    <row r="199" spans="1:9">
       <c r="D199"/>
       <c r="E199"/>
       <c r="H199"/>
-      <c r="J199"/>
-[...1 lines deleted...]
-    <row r="200" spans="1:10">
+      <c r="I199"/>
+    </row>
+    <row r="200" spans="1:9">
       <c r="D200"/>
       <c r="E200"/>
       <c r="H200"/>
-      <c r="J200"/>
-[...1 lines deleted...]
-    <row r="201" spans="1:10">
+      <c r="I200"/>
+    </row>
+    <row r="201" spans="1:9">
       <c r="D201"/>
       <c r="E201"/>
       <c r="H201"/>
-      <c r="J201"/>
-[...1 lines deleted...]
-    <row r="202" spans="1:10">
+      <c r="I201"/>
+    </row>
+    <row r="202" spans="1:9">
       <c r="D202"/>
       <c r="E202"/>
       <c r="H202"/>
-      <c r="J202"/>
-[...1 lines deleted...]
-    <row r="203" spans="1:10">
+      <c r="I202"/>
+    </row>
+    <row r="203" spans="1:9">
       <c r="D203"/>
       <c r="E203"/>
       <c r="H203"/>
-      <c r="J203"/>
-[...1 lines deleted...]
-    <row r="204" spans="1:10">
+      <c r="I203"/>
+    </row>
+    <row r="204" spans="1:9">
       <c r="D204"/>
       <c r="E204"/>
       <c r="H204"/>
-      <c r="J204"/>
-[...1 lines deleted...]
-    <row r="205" spans="1:10">
+      <c r="I204"/>
+    </row>
+    <row r="205" spans="1:9">
       <c r="D205"/>
       <c r="E205"/>
       <c r="H205"/>
-      <c r="J205"/>
-[...1 lines deleted...]
-    <row r="206" spans="1:10">
+      <c r="I205"/>
+    </row>
+    <row r="206" spans="1:9">
       <c r="D206"/>
       <c r="E206"/>
       <c r="H206"/>
-      <c r="J206"/>
-[...1 lines deleted...]
-    <row r="207" spans="1:10">
+      <c r="I206"/>
+    </row>
+    <row r="207" spans="1:9">
       <c r="D207"/>
       <c r="E207"/>
       <c r="H207"/>
-      <c r="J207"/>
-[...1 lines deleted...]
-    <row r="208" spans="1:10">
+      <c r="I207"/>
+    </row>
+    <row r="208" spans="1:9">
       <c r="D208"/>
       <c r="E208"/>
       <c r="H208"/>
-      <c r="J208"/>
-[...1 lines deleted...]
-    <row r="209" spans="1:10">
+      <c r="I208"/>
+    </row>
+    <row r="209" spans="1:9">
       <c r="D209"/>
       <c r="E209"/>
       <c r="H209"/>
-      <c r="J209"/>
-[...1 lines deleted...]
-    <row r="210" spans="1:10">
+      <c r="I209"/>
+    </row>
+    <row r="210" spans="1:9">
       <c r="D210"/>
       <c r="E210"/>
       <c r="H210"/>
-      <c r="J210"/>
-[...1 lines deleted...]
-    <row r="211" spans="1:10">
+      <c r="I210"/>
+    </row>
+    <row r="211" spans="1:9">
       <c r="D211"/>
       <c r="E211"/>
       <c r="H211"/>
-      <c r="J211"/>
-[...1 lines deleted...]
-    <row r="212" spans="1:10">
+      <c r="I211"/>
+    </row>
+    <row r="212" spans="1:9">
       <c r="D212"/>
       <c r="E212"/>
       <c r="H212"/>
-      <c r="J212"/>
-[...1 lines deleted...]
-    <row r="213" spans="1:10">
+      <c r="I212"/>
+    </row>
+    <row r="213" spans="1:9">
       <c r="D213"/>
       <c r="E213"/>
       <c r="H213"/>
-      <c r="J213"/>
-[...1 lines deleted...]
-    <row r="214" spans="1:10">
+      <c r="I213"/>
+    </row>
+    <row r="214" spans="1:9">
       <c r="D214"/>
       <c r="E214"/>
       <c r="H214"/>
-      <c r="J214"/>
-[...1 lines deleted...]
-    <row r="215" spans="1:10">
+      <c r="I214"/>
+    </row>
+    <row r="215" spans="1:9">
       <c r="D215"/>
       <c r="E215"/>
       <c r="H215"/>
-      <c r="J215"/>
-[...1 lines deleted...]
-    <row r="216" spans="1:10">
+      <c r="I215"/>
+    </row>
+    <row r="216" spans="1:9">
       <c r="D216"/>
       <c r="E216"/>
       <c r="H216"/>
-      <c r="J216"/>
-[...1 lines deleted...]
-    <row r="217" spans="1:10">
+      <c r="I216"/>
+    </row>
+    <row r="217" spans="1:9">
       <c r="D217"/>
       <c r="E217"/>
       <c r="H217"/>
-      <c r="J217"/>
-[...1 lines deleted...]
-    <row r="218" spans="1:10">
+      <c r="I217"/>
+    </row>
+    <row r="218" spans="1:9">
       <c r="D218"/>
       <c r="E218"/>
       <c r="H218"/>
-      <c r="J218"/>
-[...1 lines deleted...]
-    <row r="219" spans="1:10">
+      <c r="I218"/>
+    </row>
+    <row r="219" spans="1:9">
       <c r="D219"/>
       <c r="E219"/>
       <c r="H219"/>
-      <c r="J219"/>
-[...1 lines deleted...]
-    <row r="220" spans="1:10">
+      <c r="I219"/>
+    </row>
+    <row r="220" spans="1:9">
       <c r="D220"/>
       <c r="E220"/>
       <c r="H220"/>
-      <c r="J220"/>
-[...1 lines deleted...]
-    <row r="221" spans="1:10">
+      <c r="I220"/>
+    </row>
+    <row r="221" spans="1:9">
       <c r="D221"/>
       <c r="E221"/>
       <c r="H221"/>
-      <c r="J221"/>
-[...1 lines deleted...]
-    <row r="222" spans="1:10">
+      <c r="I221"/>
+    </row>
+    <row r="222" spans="1:9">
       <c r="D222"/>
       <c r="E222"/>
       <c r="H222"/>
-      <c r="J222"/>
-[...1 lines deleted...]
-    <row r="223" spans="1:10">
+      <c r="I222"/>
+    </row>
+    <row r="223" spans="1:9">
       <c r="D223"/>
       <c r="E223"/>
       <c r="H223"/>
-      <c r="J223"/>
-[...1 lines deleted...]
-    <row r="224" spans="1:10">
+      <c r="I223"/>
+    </row>
+    <row r="224" spans="1:9">
       <c r="D224"/>
       <c r="E224"/>
       <c r="H224"/>
-      <c r="J224"/>
-[...1 lines deleted...]
-    <row r="225" spans="1:10">
+      <c r="I224"/>
+    </row>
+    <row r="225" spans="1:9">
       <c r="D225"/>
       <c r="E225"/>
       <c r="H225"/>
-      <c r="J225"/>
-[...1 lines deleted...]
-    <row r="226" spans="1:10">
+      <c r="I225"/>
+    </row>
+    <row r="226" spans="1:9">
       <c r="D226"/>
       <c r="E226"/>
       <c r="H226"/>
-      <c r="J226"/>
-[...1 lines deleted...]
-    <row r="227" spans="1:10">
+      <c r="I226"/>
+    </row>
+    <row r="227" spans="1:9">
       <c r="D227"/>
       <c r="E227"/>
       <c r="H227"/>
-      <c r="J227"/>
-[...1 lines deleted...]
-    <row r="228" spans="1:10">
+      <c r="I227"/>
+    </row>
+    <row r="228" spans="1:9">
       <c r="D228"/>
       <c r="E228"/>
       <c r="H228"/>
-      <c r="J228"/>
-[...1 lines deleted...]
-    <row r="229" spans="1:10">
+      <c r="I228"/>
+    </row>
+    <row r="229" spans="1:9">
       <c r="D229"/>
       <c r="E229"/>
       <c r="H229"/>
-      <c r="J229"/>
-[...1 lines deleted...]
-    <row r="230" spans="1:10">
+      <c r="I229"/>
+    </row>
+    <row r="230" spans="1:9">
       <c r="D230"/>
       <c r="E230"/>
       <c r="H230"/>
-      <c r="J230"/>
-[...1 lines deleted...]
-    <row r="231" spans="1:10">
+      <c r="I230"/>
+    </row>
+    <row r="231" spans="1:9">
       <c r="D231"/>
       <c r="E231"/>
       <c r="H231"/>
-      <c r="J231"/>
-[...1 lines deleted...]
-    <row r="232" spans="1:10">
+      <c r="I231"/>
+    </row>
+    <row r="232" spans="1:9">
       <c r="D232"/>
       <c r="E232"/>
       <c r="H232"/>
-      <c r="J232"/>
-[...1 lines deleted...]
-    <row r="233" spans="1:10">
+      <c r="I232"/>
+    </row>
+    <row r="233" spans="1:9">
       <c r="D233"/>
       <c r="E233"/>
       <c r="H233"/>
-      <c r="J233"/>
-[...1 lines deleted...]
-    <row r="234" spans="1:10">
+      <c r="I233"/>
+    </row>
+    <row r="234" spans="1:9">
       <c r="D234"/>
       <c r="E234"/>
       <c r="H234"/>
-      <c r="J234"/>
-[...1 lines deleted...]
-    <row r="235" spans="1:10">
+      <c r="I234"/>
+    </row>
+    <row r="235" spans="1:9">
       <c r="D235"/>
       <c r="E235"/>
       <c r="H235"/>
-      <c r="J235"/>
-[...1 lines deleted...]
-    <row r="236" spans="1:10">
+      <c r="I235"/>
+    </row>
+    <row r="236" spans="1:9">
       <c r="D236"/>
       <c r="E236"/>
       <c r="H236"/>
-      <c r="J236"/>
-[...1 lines deleted...]
-    <row r="237" spans="1:10">
+      <c r="I236"/>
+    </row>
+    <row r="237" spans="1:9">
       <c r="D237"/>
       <c r="E237"/>
       <c r="H237"/>
-      <c r="J237"/>
-[...1 lines deleted...]
-    <row r="238" spans="1:10">
+      <c r="I237"/>
+    </row>
+    <row r="238" spans="1:9">
       <c r="D238"/>
       <c r="E238"/>
       <c r="H238"/>
-      <c r="J238"/>
-[...1 lines deleted...]
-    <row r="239" spans="1:10">
+      <c r="I238"/>
+    </row>
+    <row r="239" spans="1:9">
       <c r="D239"/>
       <c r="E239"/>
       <c r="H239"/>
-      <c r="J239"/>
-[...1 lines deleted...]
-    <row r="240" spans="1:10">
+      <c r="I239"/>
+    </row>
+    <row r="240" spans="1:9">
       <c r="D240"/>
       <c r="E240"/>
       <c r="H240"/>
-      <c r="J240"/>
-[...1 lines deleted...]
-    <row r="241" spans="1:10">
+      <c r="I240"/>
+    </row>
+    <row r="241" spans="1:9">
       <c r="D241"/>
       <c r="E241"/>
       <c r="H241"/>
-      <c r="J241"/>
-[...1 lines deleted...]
-    <row r="242" spans="1:10">
+      <c r="I241"/>
+    </row>
+    <row r="242" spans="1:9">
       <c r="D242"/>
       <c r="E242"/>
       <c r="H242"/>
-      <c r="J242"/>
-[...1 lines deleted...]
-    <row r="243" spans="1:10">
+      <c r="I242"/>
+    </row>
+    <row r="243" spans="1:9">
       <c r="D243"/>
       <c r="E243"/>
       <c r="H243"/>
-      <c r="J243"/>
-[...1 lines deleted...]
-    <row r="244" spans="1:10">
+      <c r="I243"/>
+    </row>
+    <row r="244" spans="1:9">
       <c r="D244"/>
       <c r="E244"/>
       <c r="H244"/>
-      <c r="J244"/>
-[...1 lines deleted...]
-    <row r="245" spans="1:10">
+      <c r="I244"/>
+    </row>
+    <row r="245" spans="1:9">
       <c r="D245"/>
       <c r="E245"/>
       <c r="H245"/>
-      <c r="J245"/>
-[...1 lines deleted...]
-    <row r="246" spans="1:10">
+      <c r="I245"/>
+    </row>
+    <row r="246" spans="1:9">
       <c r="D246"/>
       <c r="E246"/>
       <c r="H246"/>
-      <c r="J246"/>
-[...1 lines deleted...]
-    <row r="247" spans="1:10">
+      <c r="I246"/>
+    </row>
+    <row r="247" spans="1:9">
       <c r="D247"/>
       <c r="E247"/>
       <c r="H247"/>
-      <c r="J247"/>
-[...1 lines deleted...]
-    <row r="248" spans="1:10">
+      <c r="I247"/>
+    </row>
+    <row r="248" spans="1:9">
       <c r="D248"/>
       <c r="E248"/>
       <c r="H248"/>
-      <c r="J248"/>
-[...1 lines deleted...]
-    <row r="249" spans="1:10">
+      <c r="I248"/>
+    </row>
+    <row r="249" spans="1:9">
       <c r="D249"/>
       <c r="E249"/>
       <c r="H249"/>
-      <c r="J249"/>
-[...1 lines deleted...]
-    <row r="250" spans="1:10">
+      <c r="I249"/>
+    </row>
+    <row r="250" spans="1:9">
       <c r="D250"/>
       <c r="E250"/>
       <c r="H250"/>
-      <c r="J250"/>
-[...1 lines deleted...]
-    <row r="251" spans="1:10">
+      <c r="I250"/>
+    </row>
+    <row r="251" spans="1:9">
       <c r="D251"/>
       <c r="E251"/>
       <c r="H251"/>
-      <c r="J251"/>
-[...1 lines deleted...]
-    <row r="252" spans="1:10">
+      <c r="I251"/>
+    </row>
+    <row r="252" spans="1:9">
       <c r="D252"/>
       <c r="E252"/>
       <c r="H252"/>
-      <c r="J252"/>
-[...1 lines deleted...]
-    <row r="253" spans="1:10">
+      <c r="I252"/>
+    </row>
+    <row r="253" spans="1:9">
       <c r="D253"/>
       <c r="E253"/>
       <c r="H253"/>
-      <c r="J253"/>
-[...1 lines deleted...]
-    <row r="254" spans="1:10">
+      <c r="I253"/>
+    </row>
+    <row r="254" spans="1:9">
       <c r="D254"/>
       <c r="E254"/>
       <c r="H254"/>
-      <c r="J254"/>
-[...1 lines deleted...]
-    <row r="255" spans="1:10">
+      <c r="I254"/>
+    </row>
+    <row r="255" spans="1:9">
       <c r="D255"/>
       <c r="E255"/>
       <c r="H255"/>
-      <c r="J255"/>
-[...1 lines deleted...]
-    <row r="256" spans="1:10">
+      <c r="I255"/>
+    </row>
+    <row r="256" spans="1:9">
       <c r="D256"/>
       <c r="E256"/>
       <c r="H256"/>
-      <c r="J256"/>
-[...1 lines deleted...]
-    <row r="257" spans="1:10">
+      <c r="I256"/>
+    </row>
+    <row r="257" spans="1:9">
       <c r="D257"/>
       <c r="E257"/>
       <c r="H257"/>
-      <c r="J257"/>
-[...1 lines deleted...]
-    <row r="258" spans="1:10">
+      <c r="I257"/>
+    </row>
+    <row r="258" spans="1:9">
       <c r="D258"/>
       <c r="E258"/>
       <c r="H258"/>
-      <c r="J258"/>
-[...1 lines deleted...]
-    <row r="259" spans="1:10">
+      <c r="I258"/>
+    </row>
+    <row r="259" spans="1:9">
       <c r="D259"/>
       <c r="E259"/>
       <c r="H259"/>
-      <c r="J259"/>
-[...1 lines deleted...]
-    <row r="260" spans="1:10">
+      <c r="I259"/>
+    </row>
+    <row r="260" spans="1:9">
       <c r="D260"/>
       <c r="E260"/>
       <c r="H260"/>
-      <c r="J260"/>
-[...1 lines deleted...]
-    <row r="261" spans="1:10">
+      <c r="I260"/>
+    </row>
+    <row r="261" spans="1:9">
       <c r="D261"/>
       <c r="E261"/>
       <c r="H261"/>
-      <c r="J261"/>
-[...1 lines deleted...]
-    <row r="262" spans="1:10">
+      <c r="I261"/>
+    </row>
+    <row r="262" spans="1:9">
       <c r="D262"/>
       <c r="E262"/>
       <c r="H262"/>
-      <c r="J262"/>
-[...1 lines deleted...]
-    <row r="263" spans="1:10">
+      <c r="I262"/>
+    </row>
+    <row r="263" spans="1:9">
       <c r="D263"/>
       <c r="E263"/>
       <c r="H263"/>
-      <c r="J263"/>
-[...1 lines deleted...]
-    <row r="264" spans="1:10">
+      <c r="I263"/>
+    </row>
+    <row r="264" spans="1:9">
       <c r="D264"/>
       <c r="E264"/>
       <c r="H264"/>
-      <c r="J264"/>
-[...1 lines deleted...]
-    <row r="265" spans="1:10">
+      <c r="I264"/>
+    </row>
+    <row r="265" spans="1:9">
       <c r="D265"/>
       <c r="E265"/>
       <c r="H265"/>
-      <c r="J265"/>
-[...1 lines deleted...]
-    <row r="266" spans="1:10">
+      <c r="I265"/>
+    </row>
+    <row r="266" spans="1:9">
       <c r="D266"/>
       <c r="E266"/>
       <c r="H266"/>
-      <c r="J266"/>
-[...1 lines deleted...]
-    <row r="267" spans="1:10">
+      <c r="I266"/>
+    </row>
+    <row r="267" spans="1:9">
       <c r="D267"/>
       <c r="E267"/>
       <c r="H267"/>
-      <c r="J267"/>
-[...1 lines deleted...]
-    <row r="268" spans="1:10">
+      <c r="I267"/>
+    </row>
+    <row r="268" spans="1:9">
       <c r="D268"/>
       <c r="E268"/>
       <c r="H268"/>
-      <c r="J268"/>
-[...1 lines deleted...]
-    <row r="269" spans="1:10">
+      <c r="I268"/>
+    </row>
+    <row r="269" spans="1:9">
       <c r="D269"/>
       <c r="E269"/>
       <c r="H269"/>
-      <c r="J269"/>
-[...1 lines deleted...]
-    <row r="270" spans="1:10">
+      <c r="I269"/>
+    </row>
+    <row r="270" spans="1:9">
       <c r="D270"/>
       <c r="E270"/>
       <c r="H270"/>
-      <c r="J270"/>
-[...1 lines deleted...]
-    <row r="271" spans="1:10">
+      <c r="I270"/>
+    </row>
+    <row r="271" spans="1:9">
       <c r="D271"/>
       <c r="E271"/>
       <c r="H271"/>
-      <c r="J271"/>
-[...1 lines deleted...]
-    <row r="272" spans="1:10">
+      <c r="I271"/>
+    </row>
+    <row r="272" spans="1:9">
       <c r="D272"/>
       <c r="E272"/>
       <c r="H272"/>
-      <c r="J272"/>
-[...1 lines deleted...]
-    <row r="273" spans="1:10">
+      <c r="I272"/>
+    </row>
+    <row r="273" spans="1:9">
       <c r="D273"/>
       <c r="E273"/>
       <c r="H273"/>
-      <c r="J273"/>
-[...1 lines deleted...]
-    <row r="274" spans="1:10">
+      <c r="I273"/>
+    </row>
+    <row r="274" spans="1:9">
       <c r="D274"/>
       <c r="E274"/>
       <c r="H274"/>
-      <c r="J274"/>
-[...1 lines deleted...]
-    <row r="275" spans="1:10">
+      <c r="I274"/>
+    </row>
+    <row r="275" spans="1:9">
       <c r="D275"/>
       <c r="E275"/>
       <c r="H275"/>
-      <c r="J275"/>
-[...1 lines deleted...]
-    <row r="276" spans="1:10">
+      <c r="I275"/>
+    </row>
+    <row r="276" spans="1:9">
       <c r="D276"/>
       <c r="E276"/>
       <c r="H276"/>
-      <c r="J276"/>
-[...1 lines deleted...]
-    <row r="277" spans="1:10">
+      <c r="I276"/>
+    </row>
+    <row r="277" spans="1:9">
       <c r="D277"/>
       <c r="E277"/>
       <c r="H277"/>
-      <c r="J277"/>
-[...1 lines deleted...]
-    <row r="278" spans="1:10">
+      <c r="I277"/>
+    </row>
+    <row r="278" spans="1:9">
       <c r="D278"/>
       <c r="E278"/>
       <c r="H278"/>
-      <c r="J278"/>
-[...1 lines deleted...]
-    <row r="279" spans="1:10">
+      <c r="I278"/>
+    </row>
+    <row r="279" spans="1:9">
       <c r="D279"/>
       <c r="E279"/>
       <c r="H279"/>
-      <c r="J279"/>
-[...1 lines deleted...]
-    <row r="280" spans="1:10">
+      <c r="I279"/>
+    </row>
+    <row r="280" spans="1:9">
       <c r="D280"/>
       <c r="E280"/>
       <c r="H280"/>
-      <c r="J280"/>
-[...1 lines deleted...]
-    <row r="281" spans="1:10">
+      <c r="I280"/>
+    </row>
+    <row r="281" spans="1:9">
       <c r="D281"/>
       <c r="E281"/>
       <c r="H281"/>
-      <c r="J281"/>
-[...1 lines deleted...]
-    <row r="282" spans="1:10">
+      <c r="I281"/>
+    </row>
+    <row r="282" spans="1:9">
       <c r="D282"/>
       <c r="E282"/>
       <c r="H282"/>
-      <c r="J282"/>
-[...1 lines deleted...]
-    <row r="283" spans="1:10">
+      <c r="I282"/>
+    </row>
+    <row r="283" spans="1:9">
       <c r="D283"/>
       <c r="E283"/>
       <c r="H283"/>
-      <c r="J283"/>
-[...1 lines deleted...]
-    <row r="284" spans="1:10">
+      <c r="I283"/>
+    </row>
+    <row r="284" spans="1:9">
       <c r="D284"/>
       <c r="E284"/>
       <c r="H284"/>
-      <c r="J284"/>
-[...1 lines deleted...]
-    <row r="285" spans="1:10">
+      <c r="I284"/>
+    </row>
+    <row r="285" spans="1:9">
       <c r="D285"/>
       <c r="E285"/>
       <c r="H285"/>
-      <c r="J285"/>
-[...1 lines deleted...]
-    <row r="286" spans="1:10">
+      <c r="I285"/>
+    </row>
+    <row r="286" spans="1:9">
       <c r="D286"/>
       <c r="E286"/>
       <c r="H286"/>
-      <c r="J286"/>
-[...1 lines deleted...]
-    <row r="287" spans="1:10">
+      <c r="I286"/>
+    </row>
+    <row r="287" spans="1:9">
       <c r="D287"/>
       <c r="E287"/>
       <c r="H287"/>
-      <c r="J287"/>
-[...1 lines deleted...]
-    <row r="288" spans="1:10">
+      <c r="I287"/>
+    </row>
+    <row r="288" spans="1:9">
       <c r="D288"/>
       <c r="E288"/>
       <c r="H288"/>
-      <c r="J288"/>
-[...1 lines deleted...]
-    <row r="289" spans="1:10">
+      <c r="I288"/>
+    </row>
+    <row r="289" spans="1:9">
       <c r="D289"/>
       <c r="E289"/>
       <c r="H289"/>
-      <c r="J289"/>
-[...1 lines deleted...]
-    <row r="290" spans="1:10">
+      <c r="I289"/>
+    </row>
+    <row r="290" spans="1:9">
       <c r="D290"/>
       <c r="E290"/>
       <c r="H290"/>
-      <c r="J290"/>
-[...1 lines deleted...]
-    <row r="291" spans="1:10">
+      <c r="I290"/>
+    </row>
+    <row r="291" spans="1:9">
       <c r="D291"/>
       <c r="E291"/>
       <c r="H291"/>
-      <c r="J291"/>
-[...1 lines deleted...]
-    <row r="292" spans="1:10">
+      <c r="I291"/>
+    </row>
+    <row r="292" spans="1:9">
       <c r="D292"/>
       <c r="E292"/>
       <c r="H292"/>
-      <c r="J292"/>
-[...1 lines deleted...]
-    <row r="293" spans="1:10">
+      <c r="I292"/>
+    </row>
+    <row r="293" spans="1:9">
       <c r="D293"/>
       <c r="E293"/>
       <c r="H293"/>
-      <c r="J293"/>
-[...1 lines deleted...]
-    <row r="294" spans="1:10">
+      <c r="I293"/>
+    </row>
+    <row r="294" spans="1:9">
       <c r="D294"/>
       <c r="E294"/>
       <c r="H294"/>
-      <c r="J294"/>
-[...1 lines deleted...]
-    <row r="295" spans="1:10">
+      <c r="I294"/>
+    </row>
+    <row r="295" spans="1:9">
       <c r="D295"/>
       <c r="E295"/>
       <c r="H295"/>
-      <c r="J295"/>
-[...1 lines deleted...]
-    <row r="296" spans="1:10">
+      <c r="I295"/>
+    </row>
+    <row r="296" spans="1:9">
       <c r="D296"/>
       <c r="E296"/>
       <c r="H296"/>
-      <c r="J296"/>
-[...1 lines deleted...]
-    <row r="297" spans="1:10">
+      <c r="I296"/>
+    </row>
+    <row r="297" spans="1:9">
       <c r="D297"/>
       <c r="E297"/>
       <c r="H297"/>
-      <c r="J297"/>
-[...1 lines deleted...]
-    <row r="298" spans="1:10">
+      <c r="I297"/>
+    </row>
+    <row r="298" spans="1:9">
       <c r="D298"/>
       <c r="E298"/>
       <c r="H298"/>
-      <c r="J298"/>
-[...1 lines deleted...]
-    <row r="299" spans="1:10">
+      <c r="I298"/>
+    </row>
+    <row r="299" spans="1:9">
       <c r="D299"/>
       <c r="E299"/>
       <c r="H299"/>
-      <c r="J299"/>
-[...1 lines deleted...]
-    <row r="300" spans="1:10">
+      <c r="I299"/>
+    </row>
+    <row r="300" spans="1:9">
       <c r="D300"/>
       <c r="E300"/>
       <c r="H300"/>
-      <c r="J300"/>
-[...1 lines deleted...]
-    <row r="301" spans="1:10">
+      <c r="I300"/>
+    </row>
+    <row r="301" spans="1:9">
       <c r="D301"/>
       <c r="E301"/>
       <c r="H301"/>
-      <c r="J301"/>
-[...1 lines deleted...]
-    <row r="302" spans="1:10">
+      <c r="I301"/>
+    </row>
+    <row r="302" spans="1:9">
       <c r="D302"/>
       <c r="E302"/>
       <c r="H302"/>
-      <c r="J302"/>
-[...1 lines deleted...]
-    <row r="303" spans="1:10">
+      <c r="I302"/>
+    </row>
+    <row r="303" spans="1:9">
       <c r="D303"/>
       <c r="E303"/>
       <c r="H303"/>
-      <c r="J303"/>
-[...1 lines deleted...]
-    <row r="304" spans="1:10">
+      <c r="I303"/>
+    </row>
+    <row r="304" spans="1:9">
       <c r="D304"/>
       <c r="E304"/>
       <c r="H304"/>
-      <c r="J304"/>
-[...1 lines deleted...]
-    <row r="305" spans="1:10">
+      <c r="I304"/>
+    </row>
+    <row r="305" spans="1:9">
       <c r="D305"/>
       <c r="E305"/>
       <c r="H305"/>
-      <c r="J305"/>
-[...1 lines deleted...]
-    <row r="306" spans="1:10">
+      <c r="I305"/>
+    </row>
+    <row r="306" spans="1:9">
       <c r="D306"/>
       <c r="E306"/>
       <c r="H306"/>
-      <c r="J306"/>
-[...1 lines deleted...]
-    <row r="307" spans="1:10">
+      <c r="I306"/>
+    </row>
+    <row r="307" spans="1:9">
       <c r="D307"/>
       <c r="E307"/>
       <c r="H307"/>
-      <c r="J307"/>
-[...1 lines deleted...]
-    <row r="308" spans="1:10">
+      <c r="I307"/>
+    </row>
+    <row r="308" spans="1:9">
       <c r="D308"/>
       <c r="E308"/>
       <c r="H308"/>
-      <c r="J308"/>
-[...1 lines deleted...]
-    <row r="309" spans="1:10">
+      <c r="I308"/>
+    </row>
+    <row r="309" spans="1:9">
       <c r="D309"/>
       <c r="E309"/>
       <c r="H309"/>
-      <c r="J309"/>
-[...1 lines deleted...]
-    <row r="310" spans="1:10">
+      <c r="I309"/>
+    </row>
+    <row r="310" spans="1:9">
       <c r="D310"/>
       <c r="E310"/>
       <c r="H310"/>
-      <c r="J310"/>
-[...1 lines deleted...]
-    <row r="311" spans="1:10">
+      <c r="I310"/>
+    </row>
+    <row r="311" spans="1:9">
       <c r="D311"/>
       <c r="E311"/>
       <c r="H311"/>
-      <c r="J311"/>
-[...1 lines deleted...]
-    <row r="312" spans="1:10">
+      <c r="I311"/>
+    </row>
+    <row r="312" spans="1:9">
       <c r="D312"/>
       <c r="E312"/>
       <c r="H312"/>
-      <c r="J312"/>
-[...1 lines deleted...]
-    <row r="313" spans="1:10">
+      <c r="I312"/>
+    </row>
+    <row r="313" spans="1:9">
       <c r="D313"/>
       <c r="E313"/>
       <c r="H313"/>
-      <c r="J313"/>
-[...1 lines deleted...]
-    <row r="314" spans="1:10">
+      <c r="I313"/>
+    </row>
+    <row r="314" spans="1:9">
       <c r="D314"/>
       <c r="E314"/>
       <c r="H314"/>
-      <c r="J314"/>
-[...1 lines deleted...]
-    <row r="315" spans="1:10">
+      <c r="I314"/>
+    </row>
+    <row r="315" spans="1:9">
       <c r="D315"/>
       <c r="E315"/>
       <c r="H315"/>
-      <c r="J315"/>
-[...1 lines deleted...]
-    <row r="316" spans="1:10">
+      <c r="I315"/>
+    </row>
+    <row r="316" spans="1:9">
       <c r="D316"/>
       <c r="E316"/>
       <c r="H316"/>
-      <c r="J316"/>
-[...1 lines deleted...]
-    <row r="317" spans="1:10">
+      <c r="I316"/>
+    </row>
+    <row r="317" spans="1:9">
       <c r="D317"/>
       <c r="E317"/>
       <c r="H317"/>
-      <c r="J317"/>
-[...1 lines deleted...]
-    <row r="318" spans="1:10">
+      <c r="I317"/>
+    </row>
+    <row r="318" spans="1:9">
       <c r="D318"/>
       <c r="E318"/>
       <c r="H318"/>
-      <c r="J318"/>
-[...1 lines deleted...]
-    <row r="319" spans="1:10">
+      <c r="I318"/>
+    </row>
+    <row r="319" spans="1:9">
       <c r="D319"/>
       <c r="E319"/>
       <c r="H319"/>
-      <c r="J319"/>
-[...1 lines deleted...]
-    <row r="320" spans="1:10">
+      <c r="I319"/>
+    </row>
+    <row r="320" spans="1:9">
       <c r="D320"/>
       <c r="E320"/>
       <c r="H320"/>
-      <c r="J320"/>
-[...1 lines deleted...]
-    <row r="321" spans="1:10">
+      <c r="I320"/>
+    </row>
+    <row r="321" spans="1:9">
       <c r="D321"/>
       <c r="E321"/>
       <c r="H321"/>
-      <c r="J321"/>
-[...1 lines deleted...]
-    <row r="322" spans="1:10">
+      <c r="I321"/>
+    </row>
+    <row r="322" spans="1:9">
       <c r="D322"/>
       <c r="E322"/>
       <c r="H322"/>
-      <c r="J322"/>
-[...1 lines deleted...]
-    <row r="323" spans="1:10">
+      <c r="I322"/>
+    </row>
+    <row r="323" spans="1:9">
       <c r="D323"/>
       <c r="E323"/>
       <c r="H323"/>
-      <c r="J323"/>
-[...1 lines deleted...]
-    <row r="324" spans="1:10">
+      <c r="I323"/>
+    </row>
+    <row r="324" spans="1:9">
       <c r="D324"/>
       <c r="E324"/>
       <c r="H324"/>
-      <c r="J324"/>
-[...1 lines deleted...]
-    <row r="325" spans="1:10">
+      <c r="I324"/>
+    </row>
+    <row r="325" spans="1:9">
       <c r="D325"/>
       <c r="E325"/>
       <c r="H325"/>
-      <c r="J325"/>
-[...1 lines deleted...]
-    <row r="326" spans="1:10">
+      <c r="I325"/>
+    </row>
+    <row r="326" spans="1:9">
       <c r="D326"/>
       <c r="E326"/>
       <c r="H326"/>
-      <c r="J326"/>
-[...1 lines deleted...]
-    <row r="327" spans="1:10">
+      <c r="I326"/>
+    </row>
+    <row r="327" spans="1:9">
       <c r="D327"/>
       <c r="E327"/>
       <c r="H327"/>
-      <c r="J327"/>
-[...1 lines deleted...]
-    <row r="328" spans="1:10">
+      <c r="I327"/>
+    </row>
+    <row r="328" spans="1:9">
       <c r="D328"/>
       <c r="E328"/>
       <c r="H328"/>
-      <c r="J328"/>
-[...1 lines deleted...]
-    <row r="329" spans="1:10">
+      <c r="I328"/>
+    </row>
+    <row r="329" spans="1:9">
       <c r="D329"/>
       <c r="E329"/>
       <c r="H329"/>
-      <c r="J329"/>
-[...1 lines deleted...]
-    <row r="330" spans="1:10">
+      <c r="I329"/>
+    </row>
+    <row r="330" spans="1:9">
       <c r="D330"/>
       <c r="E330"/>
       <c r="H330"/>
-      <c r="J330"/>
-[...1 lines deleted...]
-    <row r="331" spans="1:10">
+      <c r="I330"/>
+    </row>
+    <row r="331" spans="1:9">
       <c r="D331"/>
       <c r="E331"/>
       <c r="H331"/>
-      <c r="J331"/>
-[...1 lines deleted...]
-    <row r="332" spans="1:10">
+      <c r="I331"/>
+    </row>
+    <row r="332" spans="1:9">
       <c r="D332"/>
       <c r="E332"/>
       <c r="H332"/>
-      <c r="J332"/>
-[...1 lines deleted...]
-    <row r="333" spans="1:10">
+      <c r="I332"/>
+    </row>
+    <row r="333" spans="1:9">
       <c r="D333"/>
       <c r="E333"/>
       <c r="H333"/>
-      <c r="J333"/>
-[...1 lines deleted...]
-    <row r="334" spans="1:10">
+      <c r="I333"/>
+    </row>
+    <row r="334" spans="1:9">
       <c r="D334"/>
       <c r="E334"/>
       <c r="H334"/>
-      <c r="J334"/>
-[...1 lines deleted...]
-    <row r="335" spans="1:10">
+      <c r="I334"/>
+    </row>
+    <row r="335" spans="1:9">
       <c r="D335"/>
       <c r="E335"/>
       <c r="H335"/>
-      <c r="J335"/>
-[...1 lines deleted...]
-    <row r="336" spans="1:10">
+      <c r="I335"/>
+    </row>
+    <row r="336" spans="1:9">
       <c r="D336"/>
       <c r="E336"/>
       <c r="H336"/>
-      <c r="J336"/>
-[...1 lines deleted...]
-    <row r="337" spans="1:10">
+      <c r="I336"/>
+    </row>
+    <row r="337" spans="1:9">
       <c r="D337"/>
       <c r="E337"/>
       <c r="H337"/>
-      <c r="J337"/>
-[...1 lines deleted...]
-    <row r="338" spans="1:10">
+      <c r="I337"/>
+    </row>
+    <row r="338" spans="1:9">
       <c r="D338"/>
       <c r="E338"/>
       <c r="H338"/>
-      <c r="J338"/>
-[...1 lines deleted...]
-    <row r="339" spans="1:10">
+      <c r="I338"/>
+    </row>
+    <row r="339" spans="1:9">
       <c r="D339"/>
       <c r="E339"/>
       <c r="H339"/>
-      <c r="J339"/>
-[...1 lines deleted...]
-    <row r="340" spans="1:10">
+      <c r="I339"/>
+    </row>
+    <row r="340" spans="1:9">
       <c r="D340"/>
       <c r="E340"/>
       <c r="H340"/>
-      <c r="J340"/>
-[...1 lines deleted...]
-    <row r="341" spans="1:10">
+      <c r="I340"/>
+    </row>
+    <row r="341" spans="1:9">
       <c r="D341"/>
       <c r="E341"/>
       <c r="H341"/>
-      <c r="J341"/>
-[...1 lines deleted...]
-    <row r="342" spans="1:10">
+      <c r="I341"/>
+    </row>
+    <row r="342" spans="1:9">
       <c r="D342"/>
       <c r="E342"/>
       <c r="H342"/>
-      <c r="J342"/>
-[...1 lines deleted...]
-    <row r="343" spans="1:10">
+      <c r="I342"/>
+    </row>
+    <row r="343" spans="1:9">
       <c r="D343"/>
       <c r="E343"/>
       <c r="H343"/>
-      <c r="J343"/>
-[...1 lines deleted...]
-    <row r="344" spans="1:10">
+      <c r="I343"/>
+    </row>
+    <row r="344" spans="1:9">
       <c r="D344"/>
       <c r="E344"/>
       <c r="H344"/>
-      <c r="J344"/>
-[...1 lines deleted...]
-    <row r="345" spans="1:10">
+      <c r="I344"/>
+    </row>
+    <row r="345" spans="1:9">
       <c r="D345"/>
       <c r="E345"/>
       <c r="H345"/>
-      <c r="J345"/>
-[...1 lines deleted...]
-    <row r="346" spans="1:10">
+      <c r="I345"/>
+    </row>
+    <row r="346" spans="1:9">
       <c r="D346"/>
       <c r="E346"/>
       <c r="H346"/>
-      <c r="J346"/>
-[...1 lines deleted...]
-    <row r="347" spans="1:10">
+      <c r="I346"/>
+    </row>
+    <row r="347" spans="1:9">
       <c r="D347"/>
       <c r="E347"/>
       <c r="H347"/>
-      <c r="J347"/>
-[...1 lines deleted...]
-    <row r="348" spans="1:10">
+      <c r="I347"/>
+    </row>
+    <row r="348" spans="1:9">
       <c r="D348"/>
       <c r="E348"/>
       <c r="H348"/>
-      <c r="J348"/>
-[...1 lines deleted...]
-    <row r="349" spans="1:10">
+      <c r="I348"/>
+    </row>
+    <row r="349" spans="1:9">
       <c r="D349"/>
       <c r="E349"/>
       <c r="H349"/>
-      <c r="J349"/>
-[...1 lines deleted...]
-    <row r="350" spans="1:10">
+      <c r="I349"/>
+    </row>
+    <row r="350" spans="1:9">
       <c r="D350"/>
       <c r="E350"/>
       <c r="H350"/>
-      <c r="J350"/>
-[...1 lines deleted...]
-    <row r="351" spans="1:10">
+      <c r="I350"/>
+    </row>
+    <row r="351" spans="1:9">
       <c r="D351"/>
       <c r="E351"/>
       <c r="H351"/>
-      <c r="J351"/>
-[...1 lines deleted...]
-    <row r="352" spans="1:10">
+      <c r="I351"/>
+    </row>
+    <row r="352" spans="1:9">
       <c r="D352"/>
       <c r="E352"/>
       <c r="H352"/>
-      <c r="J352"/>
-[...1 lines deleted...]
-    <row r="353" spans="1:10">
+      <c r="I352"/>
+    </row>
+    <row r="353" spans="1:9">
       <c r="D353"/>
       <c r="E353"/>
       <c r="H353"/>
-      <c r="J353"/>
-[...1 lines deleted...]
-    <row r="354" spans="1:10">
+      <c r="I353"/>
+    </row>
+    <row r="354" spans="1:9">
       <c r="D354"/>
       <c r="E354"/>
       <c r="H354"/>
-      <c r="J354"/>
-[...1 lines deleted...]
-    <row r="355" spans="1:10">
+      <c r="I354"/>
+    </row>
+    <row r="355" spans="1:9">
       <c r="D355"/>
       <c r="E355"/>
       <c r="H355"/>
-      <c r="J355"/>
-[...1 lines deleted...]
-    <row r="356" spans="1:10">
+      <c r="I355"/>
+    </row>
+    <row r="356" spans="1:9">
       <c r="D356"/>
       <c r="E356"/>
       <c r="H356"/>
-      <c r="J356"/>
-[...1 lines deleted...]
-    <row r="357" spans="1:10">
+      <c r="I356"/>
+    </row>
+    <row r="357" spans="1:9">
       <c r="D357"/>
       <c r="E357"/>
       <c r="H357"/>
-      <c r="J357"/>
-[...1 lines deleted...]
-    <row r="358" spans="1:10">
+      <c r="I357"/>
+    </row>
+    <row r="358" spans="1:9">
       <c r="D358"/>
       <c r="E358"/>
       <c r="H358"/>
-      <c r="J358"/>
-[...1 lines deleted...]
-    <row r="359" spans="1:10">
+      <c r="I358"/>
+    </row>
+    <row r="359" spans="1:9">
       <c r="D359"/>
       <c r="E359"/>
       <c r="H359"/>
-      <c r="J359"/>
-[...1 lines deleted...]
-    <row r="360" spans="1:10">
+      <c r="I359"/>
+    </row>
+    <row r="360" spans="1:9">
       <c r="D360"/>
       <c r="E360"/>
       <c r="H360"/>
-      <c r="J360"/>
-[...1 lines deleted...]
-    <row r="361" spans="1:10">
+      <c r="I360"/>
+    </row>
+    <row r="361" spans="1:9">
       <c r="D361"/>
       <c r="E361"/>
       <c r="H361"/>
-      <c r="J361"/>
-[...1 lines deleted...]
-    <row r="362" spans="1:10">
+      <c r="I361"/>
+    </row>
+    <row r="362" spans="1:9">
       <c r="D362"/>
       <c r="E362"/>
       <c r="H362"/>
-      <c r="J362"/>
-[...1 lines deleted...]
-    <row r="363" spans="1:10">
+      <c r="I362"/>
+    </row>
+    <row r="363" spans="1:9">
       <c r="D363"/>
       <c r="E363"/>
       <c r="H363"/>
-      <c r="J363"/>
-[...1 lines deleted...]
-    <row r="364" spans="1:10">
+      <c r="I363"/>
+    </row>
+    <row r="364" spans="1:9">
       <c r="D364"/>
       <c r="E364"/>
       <c r="H364"/>
-      <c r="J364"/>
-[...1 lines deleted...]
-    <row r="365" spans="1:10">
+      <c r="I364"/>
+    </row>
+    <row r="365" spans="1:9">
       <c r="D365"/>
       <c r="E365"/>
       <c r="H365"/>
-      <c r="J365"/>
-[...1 lines deleted...]
-    <row r="366" spans="1:10">
+      <c r="I365"/>
+    </row>
+    <row r="366" spans="1:9">
       <c r="D366"/>
       <c r="E366"/>
       <c r="H366"/>
-      <c r="J366"/>
-[...1 lines deleted...]
-    <row r="367" spans="1:10">
+      <c r="I366"/>
+    </row>
+    <row r="367" spans="1:9">
       <c r="D367"/>
       <c r="E367"/>
       <c r="H367"/>
-      <c r="J367"/>
-[...1 lines deleted...]
-    <row r="368" spans="1:10">
+      <c r="I367"/>
+    </row>
+    <row r="368" spans="1:9">
       <c r="D368"/>
       <c r="E368"/>
       <c r="H368"/>
-      <c r="J368"/>
-[...1 lines deleted...]
-    <row r="369" spans="1:10">
+      <c r="I368"/>
+    </row>
+    <row r="369" spans="1:9">
       <c r="D369"/>
       <c r="E369"/>
       <c r="H369"/>
-      <c r="J369"/>
-[...1 lines deleted...]
-    <row r="370" spans="1:10">
+      <c r="I369"/>
+    </row>
+    <row r="370" spans="1:9">
       <c r="D370"/>
       <c r="E370"/>
       <c r="H370"/>
-      <c r="J370"/>
-[...1 lines deleted...]
-    <row r="371" spans="1:10">
+      <c r="I370"/>
+    </row>
+    <row r="371" spans="1:9">
       <c r="D371"/>
       <c r="E371"/>
       <c r="H371"/>
-      <c r="J371"/>
-[...1 lines deleted...]
-    <row r="372" spans="1:10">
+      <c r="I371"/>
+    </row>
+    <row r="372" spans="1:9">
       <c r="D372"/>
       <c r="E372"/>
       <c r="H372"/>
-      <c r="J372"/>
-[...1 lines deleted...]
-    <row r="373" spans="1:10">
+      <c r="I372"/>
+    </row>
+    <row r="373" spans="1:9">
       <c r="D373"/>
       <c r="E373"/>
       <c r="H373"/>
-      <c r="J373"/>
-[...1 lines deleted...]
-    <row r="374" spans="1:10">
+      <c r="I373"/>
+    </row>
+    <row r="374" spans="1:9">
       <c r="D374"/>
       <c r="E374"/>
       <c r="H374"/>
-      <c r="J374"/>
-[...1 lines deleted...]
-    <row r="375" spans="1:10">
+      <c r="I374"/>
+    </row>
+    <row r="375" spans="1:9">
       <c r="D375"/>
       <c r="E375"/>
       <c r="H375"/>
-      <c r="J375"/>
-[...1 lines deleted...]
-    <row r="376" spans="1:10">
+      <c r="I375"/>
+    </row>
+    <row r="376" spans="1:9">
       <c r="D376"/>
       <c r="E376"/>
       <c r="H376"/>
-      <c r="J376"/>
-[...1 lines deleted...]
-    <row r="377" spans="1:10">
+      <c r="I376"/>
+    </row>
+    <row r="377" spans="1:9">
       <c r="D377"/>
       <c r="E377"/>
       <c r="H377"/>
-      <c r="J377"/>
-[...1 lines deleted...]
-    <row r="378" spans="1:10">
+      <c r="I377"/>
+    </row>
+    <row r="378" spans="1:9">
       <c r="D378"/>
       <c r="E378"/>
       <c r="H378"/>
-      <c r="J378"/>
-[...1 lines deleted...]
-    <row r="379" spans="1:10">
+      <c r="I378"/>
+    </row>
+    <row r="379" spans="1:9">
       <c r="D379"/>
       <c r="E379"/>
       <c r="H379"/>
-      <c r="J379"/>
-[...1 lines deleted...]
-    <row r="380" spans="1:10">
+      <c r="I379"/>
+    </row>
+    <row r="380" spans="1:9">
       <c r="D380"/>
       <c r="E380"/>
       <c r="H380"/>
-      <c r="J380"/>
-[...1 lines deleted...]
-    <row r="381" spans="1:10">
+      <c r="I380"/>
+    </row>
+    <row r="381" spans="1:9">
       <c r="D381"/>
       <c r="E381"/>
       <c r="H381"/>
-      <c r="J381"/>
-[...1 lines deleted...]
-    <row r="382" spans="1:10">
+      <c r="I381"/>
+    </row>
+    <row r="382" spans="1:9">
       <c r="D382"/>
       <c r="E382"/>
       <c r="H382"/>
-      <c r="J382"/>
-[...1 lines deleted...]
-    <row r="383" spans="1:10">
+      <c r="I382"/>
+    </row>
+    <row r="383" spans="1:9">
       <c r="D383"/>
       <c r="E383"/>
       <c r="H383"/>
-      <c r="J383"/>
-[...1 lines deleted...]
-    <row r="384" spans="1:10">
+      <c r="I383"/>
+    </row>
+    <row r="384" spans="1:9">
       <c r="D384"/>
       <c r="E384"/>
       <c r="H384"/>
-      <c r="J384"/>
-[...1 lines deleted...]
-    <row r="385" spans="1:10">
+      <c r="I384"/>
+    </row>
+    <row r="385" spans="1:9">
       <c r="D385"/>
       <c r="E385"/>
       <c r="H385"/>
-      <c r="J385"/>
-[...1 lines deleted...]
-    <row r="386" spans="1:10">
+      <c r="I385"/>
+    </row>
+    <row r="386" spans="1:9">
       <c r="D386"/>
       <c r="E386"/>
       <c r="H386"/>
-      <c r="J386"/>
-[...1 lines deleted...]
-    <row r="387" spans="1:10">
+      <c r="I386"/>
+    </row>
+    <row r="387" spans="1:9">
       <c r="D387"/>
       <c r="E387"/>
       <c r="H387"/>
-      <c r="J387"/>
-[...1 lines deleted...]
-    <row r="388" spans="1:10">
+      <c r="I387"/>
+    </row>
+    <row r="388" spans="1:9">
       <c r="D388"/>
       <c r="E388"/>
       <c r="H388"/>
-      <c r="J388"/>
-[...1 lines deleted...]
-    <row r="389" spans="1:10">
+      <c r="I388"/>
+    </row>
+    <row r="389" spans="1:9">
       <c r="D389"/>
       <c r="E389"/>
       <c r="H389"/>
-      <c r="J389"/>
-[...1 lines deleted...]
-    <row r="390" spans="1:10">
+      <c r="I389"/>
+    </row>
+    <row r="390" spans="1:9">
       <c r="D390"/>
       <c r="E390"/>
       <c r="H390"/>
-      <c r="J390"/>
-[...1 lines deleted...]
-    <row r="391" spans="1:10">
+      <c r="I390"/>
+    </row>
+    <row r="391" spans="1:9">
       <c r="D391"/>
       <c r="E391"/>
       <c r="H391"/>
-      <c r="J391"/>
-[...1 lines deleted...]
-    <row r="392" spans="1:10">
+      <c r="I391"/>
+    </row>
+    <row r="392" spans="1:9">
       <c r="D392"/>
       <c r="E392"/>
       <c r="H392"/>
-      <c r="J392"/>
-[...1 lines deleted...]
-    <row r="393" spans="1:10">
+      <c r="I392"/>
+    </row>
+    <row r="393" spans="1:9">
       <c r="D393"/>
       <c r="E393"/>
       <c r="H393"/>
-      <c r="J393"/>
-[...1 lines deleted...]
-    <row r="394" spans="1:10">
+      <c r="I393"/>
+    </row>
+    <row r="394" spans="1:9">
       <c r="D394"/>
       <c r="E394"/>
       <c r="H394"/>
-      <c r="J394"/>
-[...1 lines deleted...]
-    <row r="395" spans="1:10">
+      <c r="I394"/>
+    </row>
+    <row r="395" spans="1:9">
       <c r="D395"/>
       <c r="E395"/>
       <c r="H395"/>
-      <c r="J395"/>
-[...1 lines deleted...]
-    <row r="396" spans="1:10">
+      <c r="I395"/>
+    </row>
+    <row r="396" spans="1:9">
       <c r="D396"/>
       <c r="E396"/>
       <c r="H396"/>
-      <c r="J396"/>
-[...1 lines deleted...]
-    <row r="397" spans="1:10">
+      <c r="I396"/>
+    </row>
+    <row r="397" spans="1:9">
       <c r="D397"/>
       <c r="E397"/>
       <c r="H397"/>
-      <c r="J397"/>
-[...1 lines deleted...]
-    <row r="398" spans="1:10">
+      <c r="I397"/>
+    </row>
+    <row r="398" spans="1:9">
       <c r="D398"/>
       <c r="E398"/>
       <c r="H398"/>
-      <c r="J398"/>
-[...1 lines deleted...]
-    <row r="399" spans="1:10">
+      <c r="I398"/>
+    </row>
+    <row r="399" spans="1:9">
       <c r="D399"/>
       <c r="E399"/>
       <c r="H399"/>
-      <c r="J399"/>
-[...1 lines deleted...]
-    <row r="400" spans="1:10">
+      <c r="I399"/>
+    </row>
+    <row r="400" spans="1:9">
       <c r="D400"/>
       <c r="E400"/>
       <c r="H400"/>
-      <c r="J400"/>
-[...1 lines deleted...]
-    <row r="401" spans="1:10">
+      <c r="I400"/>
+    </row>
+    <row r="401" spans="1:9">
       <c r="D401"/>
       <c r="E401"/>
       <c r="H401"/>
-      <c r="J401"/>
-[...1 lines deleted...]
-    <row r="402" spans="1:10">
+      <c r="I401"/>
+    </row>
+    <row r="402" spans="1:9">
       <c r="D402"/>
       <c r="E402"/>
       <c r="H402"/>
-      <c r="J402"/>
-[...1 lines deleted...]
-    <row r="403" spans="1:10">
+      <c r="I402"/>
+    </row>
+    <row r="403" spans="1:9">
       <c r="D403"/>
       <c r="E403"/>
       <c r="H403"/>
-      <c r="J403"/>
-[...1 lines deleted...]
-    <row r="404" spans="1:10">
+      <c r="I403"/>
+    </row>
+    <row r="404" spans="1:9">
       <c r="D404"/>
       <c r="E404"/>
       <c r="H404"/>
-      <c r="J404"/>
-[...1 lines deleted...]
-    <row r="405" spans="1:10">
+      <c r="I404"/>
+    </row>
+    <row r="405" spans="1:9">
       <c r="D405"/>
       <c r="E405"/>
       <c r="H405"/>
-      <c r="J405"/>
-[...1 lines deleted...]
-    <row r="406" spans="1:10">
+      <c r="I405"/>
+    </row>
+    <row r="406" spans="1:9">
       <c r="D406"/>
       <c r="E406"/>
       <c r="H406"/>
-      <c r="J406"/>
-[...1 lines deleted...]
-    <row r="407" spans="1:10">
+      <c r="I406"/>
+    </row>
+    <row r="407" spans="1:9">
       <c r="D407"/>
       <c r="E407"/>
       <c r="H407"/>
-      <c r="J407"/>
-[...1 lines deleted...]
-    <row r="408" spans="1:10">
+      <c r="I407"/>
+    </row>
+    <row r="408" spans="1:9">
       <c r="D408"/>
       <c r="E408"/>
       <c r="H408"/>
-      <c r="J408"/>
-[...1 lines deleted...]
-    <row r="409" spans="1:10">
+      <c r="I408"/>
+    </row>
+    <row r="409" spans="1:9">
       <c r="D409"/>
       <c r="E409"/>
       <c r="H409"/>
-      <c r="J409"/>
-[...1 lines deleted...]
-    <row r="410" spans="1:10">
+      <c r="I409"/>
+    </row>
+    <row r="410" spans="1:9">
       <c r="D410"/>
       <c r="E410"/>
       <c r="H410"/>
-      <c r="J410"/>
-[...1 lines deleted...]
-    <row r="411" spans="1:10">
+      <c r="I410"/>
+    </row>
+    <row r="411" spans="1:9">
       <c r="D411"/>
       <c r="E411"/>
       <c r="H411"/>
-      <c r="J411"/>
-[...1 lines deleted...]
-    <row r="412" spans="1:10">
+      <c r="I411"/>
+    </row>
+    <row r="412" spans="1:9">
       <c r="D412"/>
       <c r="E412"/>
       <c r="H412"/>
-      <c r="J412"/>
-[...1 lines deleted...]
-    <row r="413" spans="1:10">
+      <c r="I412"/>
+    </row>
+    <row r="413" spans="1:9">
       <c r="D413"/>
       <c r="E413"/>
       <c r="H413"/>
-      <c r="J413"/>
-[...1 lines deleted...]
-    <row r="414" spans="1:10">
+      <c r="I413"/>
+    </row>
+    <row r="414" spans="1:9">
       <c r="D414"/>
       <c r="E414"/>
       <c r="H414"/>
-      <c r="J414"/>
-[...1 lines deleted...]
-    <row r="415" spans="1:10">
+      <c r="I414"/>
+    </row>
+    <row r="415" spans="1:9">
       <c r="D415"/>
       <c r="E415"/>
       <c r="H415"/>
-      <c r="J415"/>
-[...1 lines deleted...]
-    <row r="416" spans="1:10">
+      <c r="I415"/>
+    </row>
+    <row r="416" spans="1:9">
       <c r="D416"/>
       <c r="E416"/>
       <c r="H416"/>
-      <c r="J416"/>
-[...1 lines deleted...]
-    <row r="417" spans="1:10">
+      <c r="I416"/>
+    </row>
+    <row r="417" spans="1:9">
       <c r="D417"/>
       <c r="E417"/>
       <c r="H417"/>
-      <c r="J417"/>
-[...1 lines deleted...]
-    <row r="418" spans="1:10">
+      <c r="I417"/>
+    </row>
+    <row r="418" spans="1:9">
       <c r="D418"/>
       <c r="E418"/>
       <c r="H418"/>
-      <c r="J418"/>
-[...1 lines deleted...]
-    <row r="419" spans="1:10">
+      <c r="I418"/>
+    </row>
+    <row r="419" spans="1:9">
       <c r="D419"/>
       <c r="E419"/>
       <c r="H419"/>
-      <c r="J419"/>
-[...1 lines deleted...]
-    <row r="420" spans="1:10">
+      <c r="I419"/>
+    </row>
+    <row r="420" spans="1:9">
       <c r="D420"/>
       <c r="E420"/>
       <c r="H420"/>
-      <c r="J420"/>
-[...1 lines deleted...]
-    <row r="421" spans="1:10">
+      <c r="I420"/>
+    </row>
+    <row r="421" spans="1:9">
       <c r="D421"/>
       <c r="E421"/>
       <c r="H421"/>
-      <c r="J421"/>
-[...1 lines deleted...]
-    <row r="422" spans="1:10">
+      <c r="I421"/>
+    </row>
+    <row r="422" spans="1:9">
       <c r="D422"/>
       <c r="E422"/>
       <c r="H422"/>
-      <c r="J422"/>
-[...1 lines deleted...]
-    <row r="423" spans="1:10">
+      <c r="I422"/>
+    </row>
+    <row r="423" spans="1:9">
       <c r="D423"/>
       <c r="E423"/>
       <c r="H423"/>
-      <c r="J423"/>
-[...1 lines deleted...]
-    <row r="424" spans="1:10">
+      <c r="I423"/>
+    </row>
+    <row r="424" spans="1:9">
       <c r="D424"/>
       <c r="E424"/>
       <c r="H424"/>
-      <c r="J424"/>
-[...1 lines deleted...]
-    <row r="425" spans="1:10">
+      <c r="I424"/>
+    </row>
+    <row r="425" spans="1:9">
       <c r="D425"/>
       <c r="E425"/>
       <c r="H425"/>
-      <c r="J425"/>
-[...1 lines deleted...]
-    <row r="426" spans="1:10">
+      <c r="I425"/>
+    </row>
+    <row r="426" spans="1:9">
       <c r="D426"/>
       <c r="E426"/>
       <c r="H426"/>
-      <c r="J426"/>
-[...1 lines deleted...]
-    <row r="427" spans="1:10">
+      <c r="I426"/>
+    </row>
+    <row r="427" spans="1:9">
       <c r="D427"/>
       <c r="E427"/>
       <c r="H427"/>
-      <c r="J427"/>
-[...1 lines deleted...]
-    <row r="428" spans="1:10">
+      <c r="I427"/>
+    </row>
+    <row r="428" spans="1:9">
       <c r="D428"/>
       <c r="E428"/>
       <c r="H428"/>
-      <c r="J428"/>
-[...1 lines deleted...]
-    <row r="429" spans="1:10">
+      <c r="I428"/>
+    </row>
+    <row r="429" spans="1:9">
       <c r="D429"/>
       <c r="E429"/>
       <c r="H429"/>
-      <c r="J429"/>
-[...1 lines deleted...]
-    <row r="430" spans="1:10">
+      <c r="I429"/>
+    </row>
+    <row r="430" spans="1:9">
       <c r="D430"/>
       <c r="E430"/>
       <c r="H430"/>
-      <c r="J430"/>
-[...1 lines deleted...]
-    <row r="431" spans="1:10">
+      <c r="I430"/>
+    </row>
+    <row r="431" spans="1:9">
       <c r="D431"/>
       <c r="E431"/>
       <c r="H431"/>
-      <c r="J431"/>
-[...1 lines deleted...]
-    <row r="432" spans="1:10">
+      <c r="I431"/>
+    </row>
+    <row r="432" spans="1:9">
       <c r="D432"/>
       <c r="E432"/>
       <c r="H432"/>
-      <c r="J432"/>
-[...1 lines deleted...]
-    <row r="433" spans="1:10">
+      <c r="I432"/>
+    </row>
+    <row r="433" spans="1:9">
       <c r="D433"/>
       <c r="E433"/>
       <c r="H433"/>
-      <c r="J433"/>
-[...1 lines deleted...]
-    <row r="434" spans="1:10">
+      <c r="I433"/>
+    </row>
+    <row r="434" spans="1:9">
       <c r="D434"/>
       <c r="E434"/>
       <c r="H434"/>
-      <c r="J434"/>
-[...1 lines deleted...]
-    <row r="435" spans="1:10">
+      <c r="I434"/>
+    </row>
+    <row r="435" spans="1:9">
       <c r="D435"/>
       <c r="E435"/>
       <c r="H435"/>
-      <c r="J435"/>
-[...1 lines deleted...]
-    <row r="436" spans="1:10">
+      <c r="I435"/>
+    </row>
+    <row r="436" spans="1:9">
       <c r="D436"/>
       <c r="E436"/>
       <c r="H436"/>
-      <c r="J436"/>
-[...1 lines deleted...]
-    <row r="437" spans="1:10">
+      <c r="I436"/>
+    </row>
+    <row r="437" spans="1:9">
       <c r="D437"/>
       <c r="E437"/>
       <c r="H437"/>
-      <c r="J437"/>
-[...1 lines deleted...]
-    <row r="438" spans="1:10">
+      <c r="I437"/>
+    </row>
+    <row r="438" spans="1:9">
       <c r="D438"/>
       <c r="E438"/>
       <c r="H438"/>
-      <c r="J438"/>
-[...1 lines deleted...]
-    <row r="439" spans="1:10">
+      <c r="I438"/>
+    </row>
+    <row r="439" spans="1:9">
       <c r="D439"/>
       <c r="E439"/>
       <c r="H439"/>
-      <c r="J439"/>
-[...1 lines deleted...]
-    <row r="440" spans="1:10">
+      <c r="I439"/>
+    </row>
+    <row r="440" spans="1:9">
       <c r="D440"/>
       <c r="E440"/>
       <c r="H440"/>
-      <c r="J440"/>
-[...1 lines deleted...]
-    <row r="441" spans="1:10">
+      <c r="I440"/>
+    </row>
+    <row r="441" spans="1:9">
       <c r="D441"/>
       <c r="E441"/>
       <c r="H441"/>
-      <c r="J441"/>
-[...1 lines deleted...]
-    <row r="442" spans="1:10">
+      <c r="I441"/>
+    </row>
+    <row r="442" spans="1:9">
       <c r="D442"/>
       <c r="E442"/>
       <c r="H442"/>
-      <c r="J442"/>
-[...1 lines deleted...]
-    <row r="443" spans="1:10">
+      <c r="I442"/>
+    </row>
+    <row r="443" spans="1:9">
       <c r="D443"/>
       <c r="E443"/>
       <c r="H443"/>
-      <c r="J443"/>
-[...1 lines deleted...]
-    <row r="444" spans="1:10">
+      <c r="I443"/>
+    </row>
+    <row r="444" spans="1:9">
       <c r="D444"/>
       <c r="E444"/>
       <c r="H444"/>
-      <c r="J444"/>
-[...1 lines deleted...]
-    <row r="445" spans="1:10">
+      <c r="I444"/>
+    </row>
+    <row r="445" spans="1:9">
       <c r="D445"/>
       <c r="E445"/>
       <c r="H445"/>
-      <c r="J445"/>
-[...1 lines deleted...]
-    <row r="446" spans="1:10">
+      <c r="I445"/>
+    </row>
+    <row r="446" spans="1:9">
       <c r="D446"/>
       <c r="E446"/>
       <c r="H446"/>
-      <c r="J446"/>
-[...1 lines deleted...]
-    <row r="447" spans="1:10">
+      <c r="I446"/>
+    </row>
+    <row r="447" spans="1:9">
       <c r="D447"/>
       <c r="E447"/>
       <c r="H447"/>
-      <c r="J447"/>
-[...1 lines deleted...]
-    <row r="448" spans="1:10">
+      <c r="I447"/>
+    </row>
+    <row r="448" spans="1:9">
       <c r="D448"/>
       <c r="E448"/>
       <c r="H448"/>
-      <c r="J448"/>
-[...1 lines deleted...]
-    <row r="449" spans="1:10">
+      <c r="I448"/>
+    </row>
+    <row r="449" spans="1:9">
       <c r="D449"/>
       <c r="E449"/>
       <c r="H449"/>
-      <c r="J449"/>
-[...1 lines deleted...]
-    <row r="450" spans="1:10">
+      <c r="I449"/>
+    </row>
+    <row r="450" spans="1:9">
       <c r="D450"/>
       <c r="E450"/>
       <c r="H450"/>
-      <c r="J450"/>
-[...1 lines deleted...]
-    <row r="451" spans="1:10">
+      <c r="I450"/>
+    </row>
+    <row r="451" spans="1:9">
       <c r="D451"/>
       <c r="E451"/>
       <c r="H451"/>
-      <c r="J451"/>
-[...1 lines deleted...]
-    <row r="452" spans="1:10">
+      <c r="I451"/>
+    </row>
+    <row r="452" spans="1:9">
       <c r="D452"/>
       <c r="E452"/>
       <c r="H452"/>
-      <c r="J452"/>
-[...1 lines deleted...]
-    <row r="453" spans="1:10">
+      <c r="I452"/>
+    </row>
+    <row r="453" spans="1:9">
       <c r="D453"/>
       <c r="E453"/>
       <c r="H453"/>
-      <c r="J453"/>
-[...1 lines deleted...]
-    <row r="454" spans="1:10">
+      <c r="I453"/>
+    </row>
+    <row r="454" spans="1:9">
       <c r="D454"/>
       <c r="E454"/>
       <c r="H454"/>
-      <c r="J454"/>
-[...1 lines deleted...]
-    <row r="455" spans="1:10">
+      <c r="I454"/>
+    </row>
+    <row r="455" spans="1:9">
       <c r="D455"/>
       <c r="E455"/>
       <c r="H455"/>
-      <c r="J455"/>
-[...1 lines deleted...]
-    <row r="456" spans="1:10">
+      <c r="I455"/>
+    </row>
+    <row r="456" spans="1:9">
       <c r="D456"/>
       <c r="E456"/>
       <c r="H456"/>
-      <c r="J456"/>
-[...1 lines deleted...]
-    <row r="457" spans="1:10">
+      <c r="I456"/>
+    </row>
+    <row r="457" spans="1:9">
       <c r="D457"/>
       <c r="E457"/>
       <c r="H457"/>
-      <c r="J457"/>
-[...1 lines deleted...]
-    <row r="458" spans="1:10">
+      <c r="I457"/>
+    </row>
+    <row r="458" spans="1:9">
       <c r="D458"/>
       <c r="E458"/>
       <c r="H458"/>
-      <c r="J458"/>
-[...1 lines deleted...]
-    <row r="459" spans="1:10">
+      <c r="I458"/>
+    </row>
+    <row r="459" spans="1:9">
       <c r="D459"/>
       <c r="E459"/>
       <c r="H459"/>
-      <c r="J459"/>
-[...1 lines deleted...]
-    <row r="460" spans="1:10">
+      <c r="I459"/>
+    </row>
+    <row r="460" spans="1:9">
       <c r="D460"/>
       <c r="E460"/>
       <c r="H460"/>
-      <c r="J460"/>
-[...1 lines deleted...]
-    <row r="461" spans="1:10">
+      <c r="I460"/>
+    </row>
+    <row r="461" spans="1:9">
       <c r="D461"/>
       <c r="E461"/>
       <c r="H461"/>
-      <c r="J461"/>
-[...1 lines deleted...]
-    <row r="462" spans="1:10">
+      <c r="I461"/>
+    </row>
+    <row r="462" spans="1:9">
       <c r="D462"/>
       <c r="E462"/>
       <c r="H462"/>
-      <c r="J462"/>
-[...1 lines deleted...]
-    <row r="463" spans="1:10">
+      <c r="I462"/>
+    </row>
+    <row r="463" spans="1:9">
       <c r="D463"/>
       <c r="E463"/>
       <c r="H463"/>
-      <c r="J463"/>
-[...1 lines deleted...]
-    <row r="464" spans="1:10">
+      <c r="I463"/>
+    </row>
+    <row r="464" spans="1:9">
       <c r="D464"/>
       <c r="E464"/>
       <c r="H464"/>
-      <c r="J464"/>
-[...1 lines deleted...]
-    <row r="465" spans="1:10">
+      <c r="I464"/>
+    </row>
+    <row r="465" spans="1:9">
       <c r="D465"/>
       <c r="E465"/>
       <c r="H465"/>
-      <c r="J465"/>
-[...1 lines deleted...]
-    <row r="466" spans="1:10">
+      <c r="I465"/>
+    </row>
+    <row r="466" spans="1:9">
       <c r="D466"/>
       <c r="E466"/>
       <c r="H466"/>
-      <c r="J466"/>
-[...1 lines deleted...]
-    <row r="467" spans="1:10">
+      <c r="I466"/>
+    </row>
+    <row r="467" spans="1:9">
       <c r="D467"/>
       <c r="E467"/>
       <c r="H467"/>
-      <c r="J467"/>
-[...1 lines deleted...]
-    <row r="468" spans="1:10">
+      <c r="I467"/>
+    </row>
+    <row r="468" spans="1:9">
       <c r="D468"/>
       <c r="E468"/>
       <c r="H468"/>
-      <c r="J468"/>
-[...1 lines deleted...]
-    <row r="469" spans="1:10">
+      <c r="I468"/>
+    </row>
+    <row r="469" spans="1:9">
       <c r="D469"/>
       <c r="E469"/>
       <c r="H469"/>
-      <c r="J469"/>
-[...1 lines deleted...]
-    <row r="470" spans="1:10">
+      <c r="I469"/>
+    </row>
+    <row r="470" spans="1:9">
       <c r="D470"/>
       <c r="E470"/>
       <c r="H470"/>
-      <c r="J470"/>
-[...1 lines deleted...]
-    <row r="471" spans="1:10">
+      <c r="I470"/>
+    </row>
+    <row r="471" spans="1:9">
       <c r="D471"/>
       <c r="E471"/>
       <c r="H471"/>
-      <c r="J471"/>
-[...1 lines deleted...]
-    <row r="472" spans="1:10">
+      <c r="I471"/>
+    </row>
+    <row r="472" spans="1:9">
       <c r="D472"/>
       <c r="E472"/>
       <c r="H472"/>
-      <c r="J472"/>
-[...1 lines deleted...]
-    <row r="473" spans="1:10">
+      <c r="I472"/>
+    </row>
+    <row r="473" spans="1:9">
       <c r="D473"/>
       <c r="E473"/>
       <c r="H473"/>
-      <c r="J473"/>
-[...1 lines deleted...]
-    <row r="474" spans="1:10">
+      <c r="I473"/>
+    </row>
+    <row r="474" spans="1:9">
       <c r="D474"/>
       <c r="E474"/>
       <c r="H474"/>
-      <c r="J474"/>
-[...1 lines deleted...]
-    <row r="475" spans="1:10">
+      <c r="I474"/>
+    </row>
+    <row r="475" spans="1:9">
       <c r="D475"/>
       <c r="E475"/>
       <c r="H475"/>
-      <c r="J475"/>
-[...1 lines deleted...]
-    <row r="476" spans="1:10">
+      <c r="I475"/>
+    </row>
+    <row r="476" spans="1:9">
       <c r="D476"/>
       <c r="E476"/>
       <c r="H476"/>
-      <c r="J476"/>
-[...1 lines deleted...]
-    <row r="477" spans="1:10">
+      <c r="I476"/>
+    </row>
+    <row r="477" spans="1:9">
       <c r="D477"/>
       <c r="E477"/>
       <c r="H477"/>
-      <c r="J477"/>
-[...1 lines deleted...]
-    <row r="478" spans="1:10">
+      <c r="I477"/>
+    </row>
+    <row r="478" spans="1:9">
       <c r="D478"/>
       <c r="E478"/>
       <c r="H478"/>
-      <c r="J478"/>
-[...1 lines deleted...]
-    <row r="479" spans="1:10">
+      <c r="I478"/>
+    </row>
+    <row r="479" spans="1:9">
       <c r="D479"/>
       <c r="E479"/>
       <c r="H479"/>
-      <c r="J479"/>
-[...1 lines deleted...]
-    <row r="480" spans="1:10">
+      <c r="I479"/>
+    </row>
+    <row r="480" spans="1:9">
       <c r="D480"/>
       <c r="E480"/>
       <c r="H480"/>
-      <c r="J480"/>
-[...1 lines deleted...]
-    <row r="481" spans="1:10">
+      <c r="I480"/>
+    </row>
+    <row r="481" spans="1:9">
       <c r="D481"/>
       <c r="E481"/>
       <c r="H481"/>
-      <c r="J481"/>
-[...1 lines deleted...]
-    <row r="482" spans="1:10">
+      <c r="I481"/>
+    </row>
+    <row r="482" spans="1:9">
       <c r="D482"/>
       <c r="E482"/>
       <c r="H482"/>
-      <c r="J482"/>
-[...1 lines deleted...]
-    <row r="483" spans="1:10">
+      <c r="I482"/>
+    </row>
+    <row r="483" spans="1:9">
       <c r="D483"/>
       <c r="E483"/>
       <c r="H483"/>
-      <c r="J483"/>
-[...1 lines deleted...]
-    <row r="484" spans="1:10">
+      <c r="I483"/>
+    </row>
+    <row r="484" spans="1:9">
       <c r="D484"/>
       <c r="E484"/>
       <c r="H484"/>
-      <c r="J484"/>
-[...1 lines deleted...]
-    <row r="485" spans="1:10">
+      <c r="I484"/>
+    </row>
+    <row r="485" spans="1:9">
       <c r="D485"/>
       <c r="E485"/>
       <c r="H485"/>
-      <c r="J485"/>
-[...1 lines deleted...]
-    <row r="486" spans="1:10">
+      <c r="I485"/>
+    </row>
+    <row r="486" spans="1:9">
       <c r="D486"/>
       <c r="E486"/>
       <c r="H486"/>
-      <c r="J486"/>
-[...1 lines deleted...]
-    <row r="487" spans="1:10">
+      <c r="I486"/>
+    </row>
+    <row r="487" spans="1:9">
       <c r="D487"/>
       <c r="E487"/>
       <c r="H487"/>
-      <c r="J487"/>
-[...1 lines deleted...]
-    <row r="488" spans="1:10">
+      <c r="I487"/>
+    </row>
+    <row r="488" spans="1:9">
       <c r="D488"/>
       <c r="E488"/>
       <c r="H488"/>
-      <c r="J488"/>
-[...1 lines deleted...]
-    <row r="489" spans="1:10">
+      <c r="I488"/>
+    </row>
+    <row r="489" spans="1:9">
       <c r="D489"/>
       <c r="E489"/>
       <c r="H489"/>
-      <c r="J489"/>
-[...1 lines deleted...]
-    <row r="490" spans="1:10">
+      <c r="I489"/>
+    </row>
+    <row r="490" spans="1:9">
       <c r="D490"/>
       <c r="E490"/>
       <c r="H490"/>
-      <c r="J490"/>
-[...1 lines deleted...]
-    <row r="491" spans="1:10">
+      <c r="I490"/>
+    </row>
+    <row r="491" spans="1:9">
       <c r="D491"/>
       <c r="E491"/>
       <c r="H491"/>
-      <c r="J491"/>
-[...1 lines deleted...]
-    <row r="492" spans="1:10">
+      <c r="I491"/>
+    </row>
+    <row r="492" spans="1:9">
       <c r="D492"/>
       <c r="E492"/>
       <c r="H492"/>
-      <c r="J492"/>
-[...1 lines deleted...]
-    <row r="493" spans="1:10">
+      <c r="I492"/>
+    </row>
+    <row r="493" spans="1:9">
       <c r="D493"/>
       <c r="E493"/>
       <c r="H493"/>
-      <c r="J493"/>
-[...1 lines deleted...]
-    <row r="494" spans="1:10">
+      <c r="I493"/>
+    </row>
+    <row r="494" spans="1:9">
       <c r="D494"/>
       <c r="E494"/>
       <c r="H494"/>
-      <c r="J494"/>
-[...1 lines deleted...]
-    <row r="495" spans="1:10">
+      <c r="I494"/>
+    </row>
+    <row r="495" spans="1:9">
       <c r="D495"/>
       <c r="E495"/>
       <c r="H495"/>
-      <c r="J495"/>
-[...1 lines deleted...]
-    <row r="496" spans="1:10">
+      <c r="I495"/>
+    </row>
+    <row r="496" spans="1:9">
       <c r="D496"/>
       <c r="E496"/>
       <c r="H496"/>
-      <c r="J496"/>
-[...1 lines deleted...]
-    <row r="497" spans="1:10">
+      <c r="I496"/>
+    </row>
+    <row r="497" spans="1:9">
       <c r="D497"/>
       <c r="E497"/>
       <c r="H497"/>
-      <c r="J497"/>
-[...1 lines deleted...]
-    <row r="498" spans="1:10">
+      <c r="I497"/>
+    </row>
+    <row r="498" spans="1:9">
       <c r="D498"/>
       <c r="E498"/>
       <c r="H498"/>
-      <c r="J498"/>
-[...1 lines deleted...]
-    <row r="499" spans="1:10">
+      <c r="I498"/>
+    </row>
+    <row r="499" spans="1:9">
       <c r="D499"/>
       <c r="E499"/>
       <c r="H499"/>
-      <c r="J499"/>
+      <c r="I499"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <dataValidations count="2000">
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D0">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D1">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D2">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D3">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D4">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D5">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="D6">
       <formula1>data!$A$1:$A$2</formula1>
     </dataValidation>
@@ -8279,2066 +8273,2066 @@
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H492">
       <formula1>data!$C$1:$C$74</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H493">
       <formula1>data!$C$1:$C$74</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H494">
       <formula1>data!$C$1:$C$74</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H495">
       <formula1>data!$C$1:$C$74</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H496">
       <formula1>data!$C$1:$C$74</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H497">
       <formula1>data!$C$1:$C$74</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H498">
       <formula1>data!$C$1:$C$74</formula1>
     </dataValidation>
     <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="H499">
       <formula1>data!$C$1:$C$74</formula1>
     </dataValidation>
-    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="J0">
-[...1496 lines deleted...]
-    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="J499">
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I0">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I1">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I2">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I3">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I4">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I5">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I6">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I7">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I8">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I9">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I10">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I11">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I12">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I13">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I14">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I15">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I16">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I17">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I18">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I19">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I20">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I21">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I22">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I23">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I24">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I25">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I26">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I27">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I28">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I29">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I30">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I31">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I32">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I33">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I34">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I35">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I36">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I37">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I38">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I39">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I40">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I41">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I42">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I43">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I44">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I45">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I46">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I47">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I48">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I49">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I50">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I51">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I52">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I53">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I54">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I55">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I56">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I57">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I58">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I59">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I60">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I61">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I62">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I63">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I64">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I65">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I66">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I67">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I68">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I69">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I70">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I71">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I72">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I73">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I74">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I75">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I76">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I77">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I78">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I79">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I80">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I81">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I82">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I83">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I84">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I85">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I86">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I87">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I88">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I89">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I90">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I91">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I92">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I93">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I94">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I95">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I96">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I97">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I98">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I99">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I100">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I101">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I102">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I103">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I104">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I105">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I106">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I107">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I108">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I109">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I110">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I111">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I112">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I113">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I114">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I115">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I116">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I117">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I118">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I119">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I120">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I121">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I122">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I123">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I124">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I125">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I126">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I127">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I128">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I129">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I130">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I131">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I132">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I133">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I134">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I135">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I136">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I137">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I138">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I139">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I140">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I141">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I142">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I143">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I144">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I145">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I146">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I147">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I148">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I149">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I150">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I151">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I152">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I153">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I154">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I155">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I156">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I157">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I158">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I159">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I160">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I161">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I162">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I163">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I164">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I165">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I166">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I167">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I168">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I169">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I170">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I171">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I172">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I173">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I174">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I175">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I176">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I177">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I178">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I179">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I180">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I181">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I182">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I183">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I184">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I185">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I186">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I187">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I188">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I189">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I190">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I191">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I192">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I193">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I194">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I195">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I196">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I197">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I198">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I199">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I200">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I201">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I202">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I203">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I204">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I205">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I206">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I207">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I208">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I209">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I210">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I211">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I212">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I213">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I214">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I215">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I216">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I217">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I218">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I219">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I220">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I221">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I222">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I223">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I224">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I225">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I226">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I227">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I228">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I229">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I230">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I231">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I232">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I233">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I234">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I235">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I236">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I237">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I238">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I239">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I240">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I241">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I242">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I243">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I244">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I245">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I246">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I247">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I248">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I249">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I250">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I251">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I252">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I253">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I254">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I255">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I256">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I257">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I258">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I259">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I260">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I261">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I262">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I263">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I264">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I265">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I266">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I267">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I268">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I269">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I270">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I271">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I272">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I273">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I274">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I275">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I276">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I277">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I278">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I279">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I280">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I281">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I282">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I283">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I284">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I285">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I286">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I287">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I288">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I289">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I290">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I291">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I292">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I293">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I294">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I295">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I296">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I297">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I298">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I299">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I300">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I301">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I302">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I303">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I304">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I305">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I306">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I307">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I308">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I309">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I310">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I311">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I312">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I313">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I314">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I315">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I316">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I317">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I318">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I319">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I320">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I321">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I322">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I323">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I324">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I325">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I326">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I327">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I328">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I329">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I330">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I331">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I332">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I333">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I334">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I335">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I336">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I337">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I338">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I339">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I340">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I341">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I342">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I343">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I344">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I345">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I346">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I347">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I348">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I349">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I350">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I351">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I352">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I353">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I354">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I355">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I356">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I357">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I358">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I359">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I360">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I361">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I362">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I363">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I364">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I365">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I366">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I367">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I368">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I369">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I370">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I371">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I372">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I373">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I374">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I375">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I376">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I377">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I378">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I379">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I380">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I381">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I382">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I383">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I384">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I385">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I386">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I387">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I388">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I389">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I390">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I391">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I392">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I393">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I394">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I395">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I396">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I397">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I398">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I399">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I400">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I401">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I402">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I403">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I404">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I405">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I406">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I407">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I408">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I409">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I410">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I411">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I412">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I413">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I414">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I415">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I416">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I417">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I418">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I419">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I420">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I421">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I422">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I423">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I424">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I425">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I426">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I427">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I428">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I429">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I430">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I431">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I432">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I433">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I434">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I435">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I436">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I437">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I438">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I439">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I440">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I441">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I442">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I443">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I444">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I445">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I446">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I447">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I448">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I449">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I450">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I451">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I452">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I453">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I454">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I455">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I456">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I457">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I458">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I459">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I460">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I461">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I462">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I463">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I464">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I465">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I466">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I467">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I468">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I469">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I470">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I471">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I472">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I473">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I474">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I475">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I476">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I477">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I478">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I479">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I480">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I481">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I482">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I483">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I484">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I485">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I486">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I487">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I488">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I489">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I490">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I491">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I492">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I493">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I494">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I495">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I496">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I497">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I498">
+      <formula1>data!$D$1:$D$2</formula1>
+    </dataValidation>
+    <dataValidation type="list" errorStyle="stop" operator="between" allowBlank="1" showDropDown="0" showInputMessage="1" showErrorMessage="1" errorTitle="输入的值有误" error="您输入的值不在下拉框列表内." sqref="I499">
       <formula1>data!$D$1:$D$2</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
+        <v>9</v>
+      </c>
+      <c r="B1" t="s">
         <v>10</v>
       </c>
-      <c r="B1" t="s">
+      <c r="C1" t="s">
         <v>11</v>
       </c>
-      <c r="C1" t="s">
+      <c r="D1" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
+        <v>13</v>
+      </c>
+      <c r="B2" t="s">
         <v>14</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>15</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="B5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="B6" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="B9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="B10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="B12" t="s">
+        <v>35</v>
+      </c>
+      <c r="C12" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="B13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="B14" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="B15" t="s">
+        <v>41</v>
+      </c>
+      <c r="C15" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="B16" t="s">
+        <v>43</v>
+      </c>
+      <c r="C16" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="B17" t="s">
+        <v>45</v>
+      </c>
+      <c r="C17" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="B18" t="s">
+        <v>47</v>
+      </c>
+      <c r="C18" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="B19" t="s">
+        <v>49</v>
+      </c>
+      <c r="C19" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="B20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="B21" t="s">
+        <v>53</v>
+      </c>
+      <c r="C21" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="B22" t="s">
+        <v>55</v>
+      </c>
+      <c r="C22" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="B23" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="B24" t="s">
+        <v>59</v>
+      </c>
+      <c r="C24" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="B25" t="s">
+        <v>61</v>
+      </c>
+      <c r="C25" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="B26" t="s">
+        <v>63</v>
+      </c>
+      <c r="C26" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="B27" t="s">
+        <v>65</v>
+      </c>
+      <c r="C27" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="B28" t="s">
+        <v>67</v>
+      </c>
+      <c r="C28" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="B29" t="s">
+        <v>69</v>
+      </c>
+      <c r="C29" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="B30" t="s">
+        <v>71</v>
+      </c>
+      <c r="C30" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="B31" t="s">
+        <v>73</v>
+      </c>
+      <c r="C31" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="B32" t="s">
+        <v>75</v>
+      </c>
+      <c r="C32" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="B33" t="s">
+        <v>77</v>
+      </c>
+      <c r="C33" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="B34" t="s">
+        <v>79</v>
+      </c>
+      <c r="C34" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="B35" t="s">
+        <v>81</v>
+      </c>
+      <c r="C35" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="B36" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="C37" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="C38" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="C39" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="C40" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="C41" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="C42" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="C43" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="C44" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="C45" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="C46" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="C48" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="C49" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="C50" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="C51" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="C52" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="C53" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="C54" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="C55" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="C56" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="C57" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="C58" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="C59" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="C60" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="C61" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="C62" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="C63" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="C64" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="C65" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="C66" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="C67" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="C68" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="C69" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="C70" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="C71" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="C72" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="C73" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="C74" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="C75" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">